--- v0 (2025-12-22)
+++ v1 (2026-01-12)
@@ -3,56 +3,56 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="O:\Übergabe Homepage\Liste hochteure Medikamente\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="O:\Arbeitsgruppen\Hochteure Medikamente\Liste 2026\Dokumente 2026\Version 2026-01-06\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B1D1CB27-75A9-4B21-9398-ADD3C4556072}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{DCE9A63E-48AE-41B4-9A54-F73C1E67113A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="38640" windowHeight="21120" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="1755" yWindow="3345" windowWidth="28800" windowHeight="15345" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Medikamentenliste 2026" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3028" uniqueCount="886">
   <si>
     <t>Liste der hochteuren Medikamente / Substanzen</t>
   </si>
   <si>
     <t>gültig ab dem 1. Januar 2026</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>Neu aufgenommen</t>
   </si>
   <si>
     <t>Inhaltliche Änderungen</t>
   </si>
@@ -6487,1761 +6487,1779 @@
   </si>
   <si>
     <r>
       <rPr>
         <sz val="8"/>
         <rFont val="Arial"/>
       </rPr>
       <t>L04AA48</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="8"/>
         <rFont val="Arial"/>
       </rPr>
       <t>Belumosudil</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="8"/>
         <rFont val="Arial"/>
       </rPr>
+      <t>L04AB01</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>Etanercept</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve"> 10)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>L04AB02</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>Infliximab</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>L04AB04</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>Adalimumab</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>L04AB05</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>Certolizumab pegol</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>L04AB06</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>Golimumab</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>L04AC05</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>Ustekinumab</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>L04AC07</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>Tocilizumab</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>L04AC08</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>Canakinumab</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>L04AC10</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>Secukinumab</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>L04AC11</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>Siltuximab</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>L04AC13</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>Ixekizumab</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>L04AC14</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>Sarilumab</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>L04AC16</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>Guselkumab</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>L04AC18</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>Risankizumab</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>PPA, MCU</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>L04AC19</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>Satralizumab</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>L04AC21</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>Bimekizumab</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>L04AC22</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>Spesolimab</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>L04AC24</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>Mirikizumab</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>L04AE03</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>Siponimod</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve"> 10)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>L04AF01</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>Tofacitinib</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve"> 10)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>L04AG03</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>Natalizumab</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>L04AG04</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>Belimumab</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve"> 10)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>L04AG05</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>Vedolizumab</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>L04AG06</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>Alemtuzumab</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>L04AG08</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>Ocrelizumab</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>L04AG12</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>Ofatumumab</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>L04AG14</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>Ublituximab</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>L04AJ01</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>Eculizumab</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>L04AJ02</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>Ravulizumab</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>L04AJ03</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>Pegcetacoplan</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>L04AJ04</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>Sutimlimab</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>L04AJ05</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>Avacopan</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>L04AJ06</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>Zilucoplan</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>L04AJ07</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>Crovalimab</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>L04AJ08</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>Iptacopan</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>L04AJ09</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>Danicopan</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>L04AL01</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
       <t>L04AA58</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="8"/>
         <rFont val="Arial"/>
       </rPr>
       <t>Efgartigimod alfa</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="8"/>
         <rFont val="Arial"/>
       </rPr>
-      <t>L04AB01</t>
-[...8 lines deleted...]
-      <t>Etanercept</t>
+      <t>L04AL02</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>L04AG16</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>Rozanolixizumab</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>L04AX04</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>Lenalidomid</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>L04AX05</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>Pirfenidon</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>L04AX06</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>Pomalidomid</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>L04AX18</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>CH00204</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>Humane allogene mesenchymale Stromazellen</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="8"/>
         <rFont val="Arial"/>
       </rPr>
+      <t xml:space="preserve"> 27)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>05.05.2021</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>M03AX01</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>Botulinus Toxin</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>IM, IGLAN</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>M05BC01</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>Dibotermin alfa</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>IMPL</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>M05BX05</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>Burosumab</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>M05BX07</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>Vosoritid</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>M09AX07</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>Nusinersen</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>IT</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>M09AX09</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>Onasemnogen abeparvovec</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>IT, IV</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>M09AX10</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>Risdiplam</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>M09AX14</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>Givinostat</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>M09AX15</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>Delandistrogene Moxeparvovec</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>N02CD01</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>Erenumab</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>N03AX24</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>Cannabidiol</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>N03AX26</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>Fenfluramin</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>N03AX27</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>Ganaxolon</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>N04BA02</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>Levodopa und Decarboxylasehemmer</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve"> 28)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>ITST</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>N05AH03</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>Olanzapin</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
       <t xml:space="preserve"> 10)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="8"/>
         <rFont val="Arial"/>
       </rPr>
-      <t>L04AB02</t>
-[...323 lines deleted...]
-      <t>Siponimod</t>
+      <t>CZY</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="8"/>
         <rFont val="Arial"/>
       </rPr>
+      <t xml:space="preserve"> 7)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>Depotinjektion</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>N05AX08</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>Risperidon</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
       <t xml:space="preserve"> 10)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="8"/>
         <rFont val="Arial"/>
       </rPr>
-      <t>L04AF01</t>
-[...8 lines deleted...]
-      <t>Tofacitinib</t>
+      <t>N05AX12</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>Aripiprazol</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="8"/>
         <rFont val="Arial"/>
       </rPr>
       <t xml:space="preserve"> 10)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="8"/>
         <rFont val="Arial"/>
       </rPr>
-      <t>L04AG03</t>
-[...26 lines deleted...]
-      <t>Belimumab</t>
+      <t>CAM</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="8"/>
         <rFont val="Arial"/>
       </rPr>
+      <t xml:space="preserve"> 7)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>N05AX13</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>Paliperidon</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
       <t xml:space="preserve"> 10)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="8"/>
         <rFont val="Arial"/>
       </rPr>
-      <t>L04AG05</t>
-[...341 lines deleted...]
-      <t>Humane allogene mesenchymale Stromazellen</t>
+      <t>CXE</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="8"/>
         <rFont val="Arial"/>
       </rPr>
-      <t xml:space="preserve"> 27)</t>
-[...296 lines deleted...]
-      <t>Levodopa und Decarboxylasehemmer</t>
+      <t xml:space="preserve"> 7)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>N06AX27</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>Esketamine</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="8"/>
         <rFont val="Arial"/>
       </rPr>
-      <t xml:space="preserve"> 28)</t>
-[...26 lines deleted...]
-      <t>Olanzapin</t>
+      <t xml:space="preserve"> 29)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>N</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>N07XX08</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>Tafamidis</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>N07XX12</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>Patisiran</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>N07XX14</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>Edaravon</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>N07XX15</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>Inotersen</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>N07XX17</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>Arimoclomol</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>N07XX18</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>Vutrisiran</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>N07XX21</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>Eplontersen</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="8"/>
         <rFont val="Arial"/>
       </rPr>
       <t xml:space="preserve"> 10)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="8"/>
         <rFont val="Arial"/>
       </rPr>
-      <t>CZY</t>
+      <t>N07XX22</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>Tofersen</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>N07XX25</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>Omaveloxolon</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>N07XX26</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>Pridopidine</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>P01BE03</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>Artesunat</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>R03DX05</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>Omalizumab</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>R03DX09</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>Mepolizumab</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>R03DX10</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>Benralizumab</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>R07AA02</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>Surfactant</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>ET</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>R07AX32</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>Ivacaftor, Tezacaftor und Elexacaftor</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>CTK</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="8"/>
         <rFont val="Arial"/>
       </rPr>
       <t xml:space="preserve"> 7)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="8"/>
         <rFont val="Arial"/>
       </rPr>
-      <t>Depotinjektion</t>
-[...17 lines deleted...]
-      <t>Risperidon</t>
+      <t>S01XA27</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>Voretigen Neparvovec</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>SR</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>V03AB06</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>Natriumthiosulfat</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>CPM</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="8"/>
         <rFont val="Arial"/>
       </rPr>
-      <t xml:space="preserve"> 10)</t>
-[...41 lines deleted...]
-      </rPr>
       <t xml:space="preserve"> 7)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="8"/>
         <rFont val="Arial"/>
       </rPr>
-      <t>N05AX13</t>
-[...460 lines deleted...]
-      </rPr>
       <t>V03AB24</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="8"/>
         <rFont val="Arial"/>
       </rPr>
       <t>Digitalis-Antitoxin</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="8"/>
         <rFont val="Arial"/>
       </rPr>
       <t>V03AB33</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="8"/>
@@ -8425,56 +8443,50 @@
     <t>24) Die verabreichte Menge an Nivolumab im Präparat ist massgebend.</t>
   </si>
   <si>
     <t>25) Bei Verabreichung von Enrylaze® gilt die Umrechnung der Einheiten: 1 mg = 1'000 U</t>
   </si>
   <si>
     <t xml:space="preserve">26) Die verabreichte Menge an Daunorubicin im Präparat ist massgebend. </t>
   </si>
   <si>
     <t>27) Die zu erfassende Menge ist die Anzahl Stromazellen (bspw. 30 Millionen Stromazellen).</t>
   </si>
   <si>
     <t>28) Nur das Medikament Duodopa® Gel ist zu erfassen. Die verabreichte Menge an Levodopa ist massgebend.</t>
   </si>
   <si>
     <t>29) Diese Medikamente/Substanzen sind nur im Anwendungsbereich der Tarifstruktur TARPSY zu erfassen.</t>
   </si>
   <si>
     <t>Kontakt:</t>
   </si>
   <si>
     <t>Bei Fragen zum Inhalt dieses Dokuments wenden Sie sich bitte an:</t>
   </si>
   <si>
     <t>SwissDRG AG, Tel. 031 310 05 50, info@swissdrg.org</t>
-  </si>
-[...4 lines deleted...]
-    <t>N03AX24</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <name val="Arial"/>
       <family val="1"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="1"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <name val="Arial"/>
       <family val="1"/>
     </font>
     <font>
@@ -8650,67 +8662,66 @@
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top/>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="14">
+  <cellXfs count="13">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="1" applyFont="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="1" applyFont="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="8" fillId="3" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="9" fillId="4" borderId="0" xfId="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="10" fillId="5" borderId="0" xfId="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="11" fillId="6" borderId="0" xfId="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="12" fillId="7" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="16" fillId="2" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Normal" xfId="1" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
     <cellStyle name="Standard" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
@@ -16564,93 +16575,93 @@
         <v>659</v>
       </c>
       <c r="B293" s="6" t="s">
         <v>659</v>
       </c>
       <c r="C293" s="6" t="s">
         <v>660</v>
       </c>
       <c r="D293" s="6" t="s">
         <v>17</v>
       </c>
       <c r="E293" s="6" t="s">
         <v>17</v>
       </c>
       <c r="F293" s="6" t="s">
         <v>18</v>
       </c>
       <c r="G293" s="6" t="s">
         <v>23</v>
       </c>
       <c r="H293" s="6" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="294" spans="1:8" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A294" s="7" t="s">
+      <c r="A294" s="8" t="s">
         <v>661</v>
       </c>
-      <c r="B294" s="13" t="s">
-[...2 lines deleted...]
-      <c r="C294" s="7" t="s">
+      <c r="B294" s="8" t="s">
+        <v>661</v>
+      </c>
+      <c r="C294" s="8" t="s">
         <v>662</v>
       </c>
-      <c r="D294" s="7" t="s">
-[...12 lines deleted...]
-        <v>62</v>
+      <c r="D294" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="E294" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="F294" s="8" t="s">
+        <v>59</v>
+      </c>
+      <c r="G294" s="8" t="s">
+        <v>23</v>
+      </c>
+      <c r="H294" s="8" t="s">
+        <v>66</v>
       </c>
     </row>
     <row r="295" spans="1:8" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A295" s="6" t="s">
         <v>663</v>
       </c>
       <c r="B295" s="6" t="s">
         <v>663</v>
       </c>
       <c r="C295" s="6" t="s">
         <v>664</v>
       </c>
       <c r="D295" s="6" t="s">
         <v>17</v>
       </c>
       <c r="E295" s="6" t="s">
         <v>17</v>
       </c>
       <c r="F295" s="6" t="s">
-        <v>59</v>
+        <v>76</v>
       </c>
       <c r="G295" s="6" t="s">
         <v>23</v>
       </c>
       <c r="H295" s="6" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="296" spans="1:8" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A296" s="6" t="s">
         <v>665</v>
       </c>
       <c r="B296" s="6" t="s">
         <v>665</v>
       </c>
       <c r="C296" s="6" t="s">
         <v>666</v>
       </c>
       <c r="D296" s="6" t="s">
         <v>17</v>
       </c>
       <c r="E296" s="6" t="s">
         <v>17</v>
       </c>
       <c r="F296" s="6" t="s">
@@ -16716,2298 +16727,2298 @@
       </c>
     </row>
     <row r="299" spans="1:8" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A299" s="6" t="s">
         <v>671</v>
       </c>
       <c r="B299" s="6" t="s">
         <v>671</v>
       </c>
       <c r="C299" s="6" t="s">
         <v>672</v>
       </c>
       <c r="D299" s="6" t="s">
         <v>17</v>
       </c>
       <c r="E299" s="6" t="s">
         <v>17</v>
       </c>
       <c r="F299" s="6" t="s">
         <v>76</v>
       </c>
       <c r="G299" s="6" t="s">
         <v>23</v>
       </c>
       <c r="H299" s="6" t="s">
-        <v>66</v>
+        <v>122</v>
       </c>
     </row>
     <row r="300" spans="1:8" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A300" s="6" t="s">
         <v>673</v>
       </c>
       <c r="B300" s="6" t="s">
         <v>673</v>
       </c>
       <c r="C300" s="6" t="s">
         <v>674</v>
       </c>
       <c r="D300" s="6" t="s">
         <v>17</v>
       </c>
       <c r="E300" s="6" t="s">
         <v>17</v>
       </c>
       <c r="F300" s="6" t="s">
         <v>76</v>
       </c>
       <c r="G300" s="6" t="s">
         <v>23</v>
       </c>
       <c r="H300" s="6" t="s">
-        <v>122</v>
+        <v>66</v>
       </c>
     </row>
     <row r="301" spans="1:8" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A301" s="6" t="s">
         <v>675</v>
       </c>
       <c r="B301" s="6" t="s">
         <v>675</v>
       </c>
       <c r="C301" s="6" t="s">
         <v>676</v>
       </c>
       <c r="D301" s="6" t="s">
         <v>17</v>
       </c>
       <c r="E301" s="6" t="s">
         <v>17</v>
       </c>
       <c r="F301" s="6" t="s">
-        <v>76</v>
+        <v>59</v>
       </c>
       <c r="G301" s="6" t="s">
         <v>23</v>
       </c>
       <c r="H301" s="6" t="s">
-        <v>66</v>
+        <v>73</v>
       </c>
     </row>
     <row r="302" spans="1:8" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A302" s="6" t="s">
         <v>677</v>
       </c>
       <c r="B302" s="6" t="s">
         <v>677</v>
       </c>
       <c r="C302" s="6" t="s">
         <v>678</v>
       </c>
       <c r="D302" s="6" t="s">
         <v>17</v>
       </c>
       <c r="E302" s="6" t="s">
         <v>17</v>
       </c>
       <c r="F302" s="6" t="s">
         <v>59</v>
       </c>
       <c r="G302" s="6" t="s">
         <v>23</v>
       </c>
       <c r="H302" s="6" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="303" spans="1:8" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A303" s="6" t="s">
         <v>679</v>
       </c>
       <c r="B303" s="6" t="s">
         <v>679</v>
       </c>
       <c r="C303" s="6" t="s">
         <v>680</v>
       </c>
       <c r="D303" s="6" t="s">
         <v>17</v>
       </c>
       <c r="E303" s="6" t="s">
         <v>17</v>
       </c>
       <c r="F303" s="6" t="s">
-        <v>59</v>
+        <v>33</v>
       </c>
       <c r="G303" s="6" t="s">
         <v>23</v>
       </c>
       <c r="H303" s="6" t="s">
-        <v>73</v>
+        <v>48</v>
       </c>
     </row>
     <row r="304" spans="1:8" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A304" s="6" t="s">
         <v>681</v>
       </c>
       <c r="B304" s="6" t="s">
         <v>681</v>
       </c>
       <c r="C304" s="6" t="s">
         <v>682</v>
       </c>
       <c r="D304" s="6" t="s">
         <v>17</v>
       </c>
       <c r="E304" s="6" t="s">
         <v>17</v>
       </c>
       <c r="F304" s="6" t="s">
-        <v>33</v>
+        <v>59</v>
       </c>
       <c r="G304" s="6" t="s">
         <v>23</v>
       </c>
       <c r="H304" s="6" t="s">
-        <v>48</v>
+        <v>69</v>
       </c>
     </row>
     <row r="305" spans="1:8" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A305" s="6" t="s">
         <v>683</v>
       </c>
       <c r="B305" s="6" t="s">
         <v>683</v>
       </c>
       <c r="C305" s="6" t="s">
         <v>684</v>
       </c>
       <c r="D305" s="6" t="s">
         <v>17</v>
       </c>
       <c r="E305" s="6" t="s">
         <v>17</v>
       </c>
       <c r="F305" s="6" t="s">
         <v>59</v>
       </c>
       <c r="G305" s="6" t="s">
         <v>23</v>
       </c>
       <c r="H305" s="6" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="306" spans="1:8" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A306" s="6" t="s">
+      <c r="A306" s="7" t="s">
         <v>685</v>
       </c>
-      <c r="B306" s="6" t="s">
+      <c r="B306" s="7" t="s">
         <v>685</v>
       </c>
-      <c r="C306" s="6" t="s">
+      <c r="C306" s="7" t="s">
         <v>686</v>
       </c>
-      <c r="D306" s="6" t="s">
-[...5 lines deleted...]
-      <c r="F306" s="6" t="s">
+      <c r="D306" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="E306" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="F306" s="7" t="s">
+        <v>76</v>
+      </c>
+      <c r="G306" s="7" t="s">
+        <v>23</v>
+      </c>
+      <c r="H306" s="7" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="307" spans="1:8" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A307" s="8" t="s">
+        <v>687</v>
+      </c>
+      <c r="B307" s="8" t="s">
+        <v>687</v>
+      </c>
+      <c r="C307" s="8" t="s">
+        <v>688</v>
+      </c>
+      <c r="D307" s="8" t="s">
+        <v>689</v>
+      </c>
+      <c r="E307" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="F307" s="8" t="s">
+        <v>76</v>
+      </c>
+      <c r="G307" s="8" t="s">
+        <v>23</v>
+      </c>
+      <c r="H307" s="8" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="308" spans="1:8" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A308" s="6" t="s">
+        <v>690</v>
+      </c>
+      <c r="B308" s="6" t="s">
+        <v>690</v>
+      </c>
+      <c r="C308" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="D308" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="E308" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="F308" s="6" t="s">
         <v>59</v>
       </c>
-      <c r="G306" s="6" t="s">
-[...28 lines deleted...]
-      <c r="H307" s="7" t="s">
+      <c r="G308" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="H308" s="6" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="309" spans="1:8" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A309" s="7" t="s">
+        <v>692</v>
+      </c>
+      <c r="B309" s="7" t="s">
+        <v>692</v>
+      </c>
+      <c r="C309" s="7" t="s">
+        <v>693</v>
+      </c>
+      <c r="D309" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="E309" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="F309" s="7" t="s">
+        <v>59</v>
+      </c>
+      <c r="G309" s="7" t="s">
+        <v>23</v>
+      </c>
+      <c r="H309" s="7" t="s">
         <v>62</v>
       </c>
     </row>
-    <row r="308" spans="1:8" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
-[...21 lines deleted...]
-      <c r="H308" s="8" t="s">
+    <row r="310" spans="1:8" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A310" s="6" t="s">
+        <v>694</v>
+      </c>
+      <c r="B310" s="6" t="s">
+        <v>694</v>
+      </c>
+      <c r="C310" s="6" t="s">
+        <v>695</v>
+      </c>
+      <c r="D310" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="E310" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="F310" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="G310" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="H310" s="6" t="s">
         <v>20</v>
-      </c>
-[...50 lines deleted...]
-        <v>62</v>
       </c>
     </row>
     <row r="311" spans="1:8" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A311" s="6" t="s">
         <v>696</v>
       </c>
       <c r="B311" s="6" t="s">
         <v>696</v>
       </c>
       <c r="C311" s="6" t="s">
         <v>697</v>
       </c>
       <c r="D311" s="6" t="s">
         <v>17</v>
       </c>
       <c r="E311" s="6" t="s">
         <v>17</v>
       </c>
       <c r="F311" s="6" t="s">
-        <v>33</v>
+        <v>76</v>
       </c>
       <c r="G311" s="6" t="s">
         <v>23</v>
       </c>
       <c r="H311" s="6" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="312" spans="1:8" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A312" s="6" t="s">
         <v>698</v>
       </c>
       <c r="B312" s="6" t="s">
         <v>698</v>
       </c>
       <c r="C312" s="6" t="s">
         <v>699</v>
       </c>
       <c r="D312" s="6" t="s">
         <v>17</v>
       </c>
       <c r="E312" s="6" t="s">
         <v>17</v>
       </c>
       <c r="F312" s="6" t="s">
-        <v>76</v>
+        <v>18</v>
       </c>
       <c r="G312" s="6" t="s">
         <v>23</v>
       </c>
       <c r="H312" s="6" t="s">
-        <v>20</v>
+        <v>48</v>
       </c>
     </row>
     <row r="313" spans="1:8" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A313" s="6" t="s">
         <v>700</v>
       </c>
       <c r="B313" s="6" t="s">
         <v>700</v>
       </c>
       <c r="C313" s="6" t="s">
         <v>701</v>
       </c>
       <c r="D313" s="6" t="s">
         <v>17</v>
       </c>
       <c r="E313" s="6" t="s">
         <v>17</v>
       </c>
       <c r="F313" s="6" t="s">
         <v>18</v>
       </c>
       <c r="G313" s="6" t="s">
         <v>23</v>
       </c>
       <c r="H313" s="6" t="s">
-        <v>48</v>
+        <v>69</v>
       </c>
     </row>
     <row r="314" spans="1:8" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A314" s="6" t="s">
         <v>702</v>
       </c>
       <c r="B314" s="6" t="s">
         <v>702</v>
       </c>
       <c r="C314" s="6" t="s">
         <v>703</v>
       </c>
       <c r="D314" s="6" t="s">
         <v>17</v>
       </c>
       <c r="E314" s="6" t="s">
         <v>17</v>
       </c>
       <c r="F314" s="6" t="s">
-        <v>18</v>
+        <v>33</v>
       </c>
       <c r="G314" s="6" t="s">
         <v>23</v>
       </c>
       <c r="H314" s="6" t="s">
-        <v>69</v>
+        <v>66</v>
       </c>
     </row>
     <row r="315" spans="1:8" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A315" s="6" t="s">
+      <c r="A315" s="7" t="s">
         <v>704</v>
       </c>
-      <c r="B315" s="6" t="s">
+      <c r="B315" s="7" t="s">
         <v>704</v>
       </c>
-      <c r="C315" s="6" t="s">
+      <c r="C315" s="7" t="s">
         <v>705</v>
       </c>
-      <c r="D315" s="6" t="s">
-[...12 lines deleted...]
-        <v>66</v>
+      <c r="D315" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="E315" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="F315" s="7" t="s">
+        <v>76</v>
+      </c>
+      <c r="G315" s="7" t="s">
+        <v>23</v>
+      </c>
+      <c r="H315" s="7" t="s">
+        <v>62</v>
       </c>
     </row>
     <row r="316" spans="1:8" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A316" s="7" t="s">
+      <c r="A316" s="6" t="s">
         <v>706</v>
       </c>
-      <c r="B316" s="7" t="s">
+      <c r="B316" s="6" t="s">
         <v>706</v>
       </c>
-      <c r="C316" s="7" t="s">
+      <c r="C316" s="6" t="s">
         <v>707</v>
       </c>
-      <c r="D316" s="7" t="s">
-[...5 lines deleted...]
-      <c r="F316" s="7" t="s">
+      <c r="D316" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="E316" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="F316" s="6" t="s">
         <v>76</v>
       </c>
-      <c r="G316" s="7" t="s">
-[...3 lines deleted...]
-        <v>62</v>
+      <c r="G316" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="H316" s="6" t="s">
+        <v>77</v>
       </c>
     </row>
     <row r="317" spans="1:8" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A317" s="6" t="s">
         <v>708</v>
       </c>
       <c r="B317" s="6" t="s">
         <v>708</v>
       </c>
       <c r="C317" s="6" t="s">
         <v>709</v>
       </c>
       <c r="D317" s="6" t="s">
         <v>17</v>
       </c>
       <c r="E317" s="6" t="s">
         <v>17</v>
       </c>
       <c r="F317" s="6" t="s">
-        <v>76</v>
+        <v>33</v>
       </c>
       <c r="G317" s="6" t="s">
         <v>23</v>
       </c>
       <c r="H317" s="6" t="s">
-        <v>77</v>
+        <v>27</v>
       </c>
     </row>
     <row r="318" spans="1:8" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A318" s="6" t="s">
         <v>710</v>
       </c>
       <c r="B318" s="6" t="s">
         <v>710</v>
       </c>
       <c r="C318" s="6" t="s">
         <v>711</v>
       </c>
       <c r="D318" s="6" t="s">
         <v>17</v>
       </c>
       <c r="E318" s="6" t="s">
         <v>17</v>
       </c>
       <c r="F318" s="6" t="s">
-        <v>33</v>
+        <v>76</v>
       </c>
       <c r="G318" s="6" t="s">
         <v>23</v>
       </c>
       <c r="H318" s="6" t="s">
-        <v>27</v>
+        <v>73</v>
       </c>
     </row>
     <row r="319" spans="1:8" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A319" s="6" t="s">
         <v>712</v>
       </c>
       <c r="B319" s="6" t="s">
         <v>712</v>
       </c>
       <c r="C319" s="6" t="s">
         <v>713</v>
       </c>
       <c r="D319" s="6" t="s">
         <v>17</v>
       </c>
       <c r="E319" s="6" t="s">
         <v>17</v>
       </c>
       <c r="F319" s="6" t="s">
-        <v>76</v>
+        <v>59</v>
       </c>
       <c r="G319" s="6" t="s">
         <v>23</v>
       </c>
       <c r="H319" s="6" t="s">
-        <v>73</v>
+        <v>30</v>
       </c>
     </row>
     <row r="320" spans="1:8" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A320" s="6" t="s">
+      <c r="A320" s="7" t="s">
         <v>714</v>
       </c>
-      <c r="B320" s="6" t="s">
+      <c r="B320" s="7" t="s">
         <v>714</v>
       </c>
-      <c r="C320" s="6" t="s">
+      <c r="C320" s="7" t="s">
         <v>715</v>
       </c>
-      <c r="D320" s="6" t="s">
-[...12 lines deleted...]
-        <v>30</v>
+      <c r="D320" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="E320" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="F320" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="G320" s="7" t="s">
+        <v>23</v>
+      </c>
+      <c r="H320" s="7" t="s">
+        <v>62</v>
       </c>
     </row>
     <row r="321" spans="1:8" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A321" s="7" t="s">
+      <c r="A321" s="6" t="s">
         <v>716</v>
       </c>
-      <c r="B321" s="7" t="s">
+      <c r="B321" s="6" t="s">
         <v>716</v>
       </c>
-      <c r="C321" s="7" t="s">
+      <c r="C321" s="6" t="s">
         <v>717</v>
       </c>
-      <c r="D321" s="7" t="s">
-[...5 lines deleted...]
-      <c r="F321" s="7" t="s">
+      <c r="D321" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="E321" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="F321" s="6" t="s">
         <v>33</v>
       </c>
-      <c r="G321" s="7" t="s">
-[...3 lines deleted...]
-        <v>62</v>
+      <c r="G321" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="H321" s="6" t="s">
+        <v>66</v>
       </c>
     </row>
     <row r="322" spans="1:8" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A322" s="7" t="s">
+      <c r="A322" s="6" t="s">
         <v>718</v>
       </c>
-      <c r="B322" s="7" t="s">
+      <c r="B322" s="6" t="s">
         <v>718</v>
       </c>
-      <c r="C322" s="7" t="s">
+      <c r="C322" s="6" t="s">
         <v>719</v>
       </c>
-      <c r="D322" s="7" t="s">
-[...12 lines deleted...]
-        <v>62</v>
+      <c r="D322" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="E322" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="F322" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="G322" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="H322" s="6" t="s">
+        <v>27</v>
       </c>
     </row>
     <row r="323" spans="1:8" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A323" s="6" t="s">
         <v>720</v>
       </c>
       <c r="B323" s="6" t="s">
         <v>720</v>
       </c>
       <c r="C323" s="6" t="s">
         <v>721</v>
       </c>
       <c r="D323" s="6" t="s">
         <v>17</v>
       </c>
       <c r="E323" s="6" t="s">
         <v>17</v>
       </c>
       <c r="F323" s="6" t="s">
-        <v>33</v>
+        <v>59</v>
       </c>
       <c r="G323" s="6" t="s">
         <v>23</v>
       </c>
       <c r="H323" s="6" t="s">
-        <v>66</v>
+        <v>37</v>
       </c>
     </row>
     <row r="324" spans="1:8" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A324" s="6" t="s">
         <v>722</v>
       </c>
       <c r="B324" s="6" t="s">
         <v>722</v>
       </c>
       <c r="C324" s="6" t="s">
         <v>723</v>
       </c>
       <c r="D324" s="6" t="s">
         <v>17</v>
       </c>
       <c r="E324" s="6" t="s">
         <v>17</v>
       </c>
       <c r="F324" s="6" t="s">
         <v>33</v>
       </c>
       <c r="G324" s="6" t="s">
         <v>23</v>
       </c>
       <c r="H324" s="6" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
     </row>
     <row r="325" spans="1:8" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A325" s="6" t="s">
+      <c r="A325" s="7" t="s">
         <v>724</v>
       </c>
-      <c r="B325" s="6" t="s">
+      <c r="B325" s="7" t="s">
         <v>724</v>
       </c>
-      <c r="C325" s="6" t="s">
+      <c r="C325" s="7" t="s">
         <v>725</v>
       </c>
-      <c r="D325" s="6" t="s">
-[...12 lines deleted...]
-        <v>37</v>
+      <c r="D325" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="E325" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="F325" s="7" t="s">
+        <v>18</v>
+      </c>
+      <c r="G325" s="7" t="s">
+        <v>23</v>
+      </c>
+      <c r="H325" s="7" t="s">
+        <v>62</v>
       </c>
     </row>
     <row r="326" spans="1:8" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A326" s="6" t="s">
         <v>726</v>
       </c>
       <c r="B326" s="6" t="s">
         <v>726</v>
       </c>
       <c r="C326" s="6" t="s">
         <v>727</v>
       </c>
       <c r="D326" s="6" t="s">
         <v>17</v>
       </c>
       <c r="E326" s="6" t="s">
         <v>17</v>
       </c>
       <c r="F326" s="6" t="s">
         <v>33</v>
       </c>
       <c r="G326" s="6" t="s">
         <v>23</v>
       </c>
       <c r="H326" s="6" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
     </row>
     <row r="327" spans="1:8" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A327" s="7" t="s">
         <v>728</v>
       </c>
       <c r="B327" s="7" t="s">
         <v>728</v>
       </c>
       <c r="C327" s="7" t="s">
         <v>729</v>
       </c>
       <c r="D327" s="7" t="s">
         <v>17</v>
       </c>
       <c r="E327" s="7" t="s">
         <v>17</v>
       </c>
       <c r="F327" s="7" t="s">
-        <v>18</v>
+        <v>76</v>
       </c>
       <c r="G327" s="7" t="s">
         <v>23</v>
       </c>
       <c r="H327" s="7" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="328" spans="1:8" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A328" s="6" t="s">
         <v>730</v>
       </c>
       <c r="B328" s="6" t="s">
         <v>730</v>
       </c>
       <c r="C328" s="6" t="s">
         <v>731</v>
       </c>
       <c r="D328" s="6" t="s">
         <v>17</v>
       </c>
       <c r="E328" s="6" t="s">
         <v>17</v>
       </c>
       <c r="F328" s="6" t="s">
-        <v>33</v>
+        <v>18</v>
       </c>
       <c r="G328" s="6" t="s">
         <v>23</v>
       </c>
       <c r="H328" s="6" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="329" spans="1:8" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A329" s="7" t="s">
+      <c r="A329" s="6" t="s">
         <v>732</v>
       </c>
-      <c r="B329" s="7" t="s">
+      <c r="B329" s="6" t="s">
         <v>732</v>
       </c>
-      <c r="C329" s="7" t="s">
+      <c r="C329" s="6" t="s">
         <v>733</v>
       </c>
-      <c r="D329" s="7" t="s">
-[...11 lines deleted...]
-      <c r="H329" s="7" t="s">
+      <c r="D329" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="E329" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="F329" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G329" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="H329" s="6" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="330" spans="1:8" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A330" s="7" t="s">
+        <v>734</v>
+      </c>
+      <c r="B330" s="7" t="s">
+        <v>735</v>
+      </c>
+      <c r="C330" s="7" t="s">
+        <v>736</v>
+      </c>
+      <c r="D330" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="E330" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="F330" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="G330" s="7" t="s">
+        <v>23</v>
+      </c>
+      <c r="H330" s="7" t="s">
         <v>62</v>
       </c>
     </row>
-    <row r="330" spans="1:8" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
-[...24 lines deleted...]
-    </row>
     <row r="331" spans="1:8" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A331" s="6" t="s">
-[...5 lines deleted...]
-      <c r="C331" s="6" t="s">
+      <c r="A331" s="7" t="s">
         <v>737</v>
       </c>
-      <c r="D331" s="6" t="s">
-[...12 lines deleted...]
-        <v>20</v>
+      <c r="B331" s="7" t="s">
+        <v>738</v>
+      </c>
+      <c r="C331" s="7" t="s">
+        <v>739</v>
+      </c>
+      <c r="D331" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="E331" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="F331" s="7" t="s">
+        <v>59</v>
+      </c>
+      <c r="G331" s="7" t="s">
+        <v>23</v>
+      </c>
+      <c r="H331" s="7" t="s">
+        <v>62</v>
       </c>
     </row>
     <row r="332" spans="1:8" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A332" s="6" t="s">
-        <v>738</v>
+        <v>740</v>
       </c>
       <c r="B332" s="6" t="s">
-        <v>738</v>
+        <v>740</v>
       </c>
       <c r="C332" s="6" t="s">
-        <v>739</v>
+        <v>741</v>
       </c>
       <c r="D332" s="6" t="s">
         <v>17</v>
       </c>
       <c r="E332" s="6" t="s">
         <v>17</v>
       </c>
       <c r="F332" s="6" t="s">
         <v>18</v>
       </c>
       <c r="G332" s="6" t="s">
         <v>23</v>
       </c>
       <c r="H332" s="6" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="333" spans="1:8" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A333" s="6" t="s">
-        <v>740</v>
+        <v>742</v>
       </c>
       <c r="B333" s="6" t="s">
-        <v>740</v>
+        <v>742</v>
       </c>
       <c r="C333" s="6" t="s">
-        <v>741</v>
+        <v>743</v>
       </c>
       <c r="D333" s="6" t="s">
         <v>17</v>
       </c>
       <c r="E333" s="6" t="s">
         <v>17</v>
       </c>
       <c r="F333" s="6" t="s">
         <v>18</v>
       </c>
       <c r="G333" s="6" t="s">
         <v>23</v>
       </c>
       <c r="H333" s="6" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="334" spans="1:8" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A334" s="6" t="s">
-        <v>742</v>
+        <v>744</v>
       </c>
       <c r="B334" s="6" t="s">
-        <v>742</v>
+        <v>744</v>
       </c>
       <c r="C334" s="6" t="s">
-        <v>743</v>
+        <v>745</v>
       </c>
       <c r="D334" s="6" t="s">
         <v>17</v>
       </c>
       <c r="E334" s="6" t="s">
         <v>17</v>
       </c>
       <c r="F334" s="6" t="s">
         <v>18</v>
       </c>
       <c r="G334" s="6" t="s">
         <v>23</v>
       </c>
       <c r="H334" s="6" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="335" spans="1:8" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A335" s="8" t="s">
-        <v>744</v>
+        <v>746</v>
       </c>
       <c r="B335" s="8" t="s">
-        <v>745</v>
+        <v>747</v>
       </c>
       <c r="C335" s="8" t="s">
-        <v>746</v>
+        <v>748</v>
       </c>
       <c r="D335" s="8" t="s">
         <v>17</v>
       </c>
       <c r="E335" s="8" t="s">
         <v>17</v>
       </c>
       <c r="F335" s="8" t="s">
         <v>33</v>
       </c>
       <c r="G335" s="8" t="s">
         <v>65</v>
       </c>
       <c r="H335" s="8" t="s">
-        <v>747</v>
+        <v>749</v>
       </c>
     </row>
     <row r="336" spans="1:8" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A336" s="6" t="s">
-        <v>748</v>
+        <v>750</v>
       </c>
       <c r="B336" s="6" t="s">
-        <v>748</v>
+        <v>750</v>
       </c>
       <c r="C336" s="6" t="s">
-        <v>749</v>
+        <v>751</v>
       </c>
       <c r="D336" s="6" t="s">
         <v>17</v>
       </c>
       <c r="E336" s="6" t="s">
         <v>17</v>
       </c>
       <c r="F336" s="6" t="s">
-        <v>750</v>
+        <v>752</v>
       </c>
       <c r="G336" s="6" t="s">
         <v>65</v>
       </c>
       <c r="H336" s="6" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="337" spans="1:8" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A337" s="6" t="s">
-        <v>751</v>
+        <v>753</v>
       </c>
       <c r="B337" s="6" t="s">
-        <v>751</v>
+        <v>753</v>
       </c>
       <c r="C337" s="6" t="s">
-        <v>752</v>
+        <v>754</v>
       </c>
       <c r="D337" s="6" t="s">
         <v>17</v>
       </c>
       <c r="E337" s="6" t="s">
         <v>17</v>
       </c>
       <c r="F337" s="6" t="s">
-        <v>753</v>
+        <v>755</v>
       </c>
       <c r="G337" s="6" t="s">
         <v>23</v>
       </c>
       <c r="H337" s="6" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="338" spans="1:8" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A338" s="6" t="s">
-        <v>754</v>
+        <v>756</v>
       </c>
       <c r="B338" s="6" t="s">
-        <v>754</v>
+        <v>756</v>
       </c>
       <c r="C338" s="6" t="s">
-        <v>755</v>
+        <v>757</v>
       </c>
       <c r="D338" s="6" t="s">
         <v>17</v>
       </c>
       <c r="E338" s="6" t="s">
         <v>17</v>
       </c>
       <c r="F338" s="6" t="s">
         <v>59</v>
       </c>
       <c r="G338" s="6" t="s">
         <v>23</v>
       </c>
       <c r="H338" s="6" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="339" spans="1:8" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A339" s="7" t="s">
-        <v>756</v>
+        <v>758</v>
       </c>
       <c r="B339" s="7" t="s">
-        <v>756</v>
+        <v>758</v>
       </c>
       <c r="C339" s="7" t="s">
-        <v>757</v>
+        <v>759</v>
       </c>
       <c r="D339" s="7" t="s">
         <v>17</v>
       </c>
       <c r="E339" s="7" t="s">
         <v>17</v>
       </c>
       <c r="F339" s="7" t="s">
         <v>59</v>
       </c>
       <c r="G339" s="7" t="s">
         <v>23</v>
       </c>
       <c r="H339" s="7" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="340" spans="1:8" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A340" s="6" t="s">
-        <v>758</v>
+        <v>760</v>
       </c>
       <c r="B340" s="6" t="s">
-        <v>758</v>
+        <v>760</v>
       </c>
       <c r="C340" s="6" t="s">
-        <v>759</v>
+        <v>761</v>
       </c>
       <c r="D340" s="6" t="s">
         <v>17</v>
       </c>
       <c r="E340" s="6" t="s">
         <v>17</v>
       </c>
       <c r="F340" s="6" t="s">
-        <v>760</v>
+        <v>762</v>
       </c>
       <c r="G340" s="6" t="s">
         <v>23</v>
       </c>
       <c r="H340" s="6" t="s">
         <v>179</v>
       </c>
     </row>
     <row r="341" spans="1:8" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A341" s="8" t="s">
-        <v>761</v>
+        <v>763</v>
       </c>
       <c r="B341" s="8" t="s">
-        <v>761</v>
+        <v>763</v>
       </c>
       <c r="C341" s="8" t="s">
-        <v>762</v>
+        <v>764</v>
       </c>
       <c r="D341" s="8" t="s">
         <v>17</v>
       </c>
       <c r="E341" s="8" t="s">
         <v>17</v>
       </c>
       <c r="F341" s="8" t="s">
-        <v>763</v>
+        <v>765</v>
       </c>
       <c r="G341" s="8" t="s">
         <v>45</v>
       </c>
       <c r="H341" s="8" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="342" spans="1:8" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A342" s="6" t="s">
-        <v>764</v>
+        <v>766</v>
       </c>
       <c r="B342" s="6" t="s">
-        <v>764</v>
+        <v>766</v>
       </c>
       <c r="C342" s="6" t="s">
-        <v>765</v>
+        <v>767</v>
       </c>
       <c r="D342" s="6" t="s">
         <v>17</v>
       </c>
       <c r="E342" s="6" t="s">
         <v>17</v>
       </c>
       <c r="F342" s="6" t="s">
         <v>18</v>
       </c>
       <c r="G342" s="6" t="s">
         <v>23</v>
       </c>
       <c r="H342" s="6" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="343" spans="1:8" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A343" s="6" t="s">
-        <v>766</v>
+        <v>768</v>
       </c>
       <c r="B343" s="6" t="s">
-        <v>766</v>
+        <v>768</v>
       </c>
       <c r="C343" s="6" t="s">
-        <v>767</v>
+        <v>769</v>
       </c>
       <c r="D343" s="6" t="s">
         <v>17</v>
       </c>
       <c r="E343" s="6" t="s">
         <v>17</v>
       </c>
       <c r="F343" s="6" t="s">
         <v>18</v>
       </c>
       <c r="G343" s="6" t="s">
         <v>23</v>
       </c>
       <c r="H343" s="6" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="344" spans="1:8" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A344" s="6" t="s">
-        <v>768</v>
+        <v>770</v>
       </c>
       <c r="B344" s="6" t="s">
-        <v>768</v>
+        <v>770</v>
       </c>
       <c r="C344" s="6" t="s">
-        <v>769</v>
+        <v>771</v>
       </c>
       <c r="D344" s="6" t="s">
         <v>17</v>
       </c>
       <c r="E344" s="6" t="s">
         <v>17</v>
       </c>
       <c r="F344" s="6" t="s">
         <v>33</v>
       </c>
       <c r="G344" s="6" t="s">
         <v>45</v>
       </c>
       <c r="H344" s="6" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="345" spans="1:8" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A345" s="6" t="s">
-        <v>770</v>
+        <v>772</v>
       </c>
       <c r="B345" s="6" t="s">
-        <v>770</v>
+        <v>772</v>
       </c>
       <c r="C345" s="6" t="s">
-        <v>771</v>
+        <v>773</v>
       </c>
       <c r="D345" s="6" t="s">
         <v>17</v>
       </c>
       <c r="E345" s="6" t="s">
         <v>17</v>
       </c>
       <c r="F345" s="6" t="s">
         <v>59</v>
       </c>
       <c r="G345" s="6" t="s">
         <v>23</v>
       </c>
       <c r="H345" s="6" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="346" spans="1:8" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A346" s="7" t="s">
-        <v>772</v>
-[...2 lines deleted...]
-        <v>885</v>
+        <v>774</v>
+      </c>
+      <c r="B346" s="7" t="s">
+        <v>774</v>
       </c>
       <c r="C346" s="7" t="s">
-        <v>773</v>
+        <v>775</v>
       </c>
       <c r="D346" s="7" t="s">
         <v>17</v>
       </c>
       <c r="E346" s="7" t="s">
         <v>17</v>
       </c>
       <c r="F346" s="7" t="s">
         <v>18</v>
       </c>
       <c r="G346" s="7" t="s">
         <v>23</v>
       </c>
       <c r="H346" s="7" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="347" spans="1:8" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A347" s="7" t="s">
-        <v>774</v>
+        <v>776</v>
       </c>
       <c r="B347" s="7" t="s">
-        <v>774</v>
+        <v>776</v>
       </c>
       <c r="C347" s="7" t="s">
-        <v>775</v>
+        <v>777</v>
       </c>
       <c r="D347" s="7" t="s">
         <v>17</v>
       </c>
       <c r="E347" s="7" t="s">
         <v>17</v>
       </c>
       <c r="F347" s="7" t="s">
         <v>18</v>
       </c>
       <c r="G347" s="7" t="s">
         <v>23</v>
       </c>
       <c r="H347" s="7" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="348" spans="1:8" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A348" s="6" t="s">
-        <v>776</v>
+        <v>778</v>
       </c>
       <c r="B348" s="6" t="s">
-        <v>776</v>
+        <v>778</v>
       </c>
       <c r="C348" s="6" t="s">
-        <v>777</v>
+        <v>779</v>
       </c>
       <c r="D348" s="6" t="s">
         <v>17</v>
       </c>
       <c r="E348" s="6" t="s">
         <v>17</v>
       </c>
       <c r="F348" s="6" t="s">
         <v>18</v>
       </c>
       <c r="G348" s="6" t="s">
         <v>23</v>
       </c>
       <c r="H348" s="6" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="349" spans="1:8" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A349" s="6" t="s">
-        <v>778</v>
+        <v>780</v>
       </c>
       <c r="B349" s="6" t="s">
-        <v>778</v>
+        <v>780</v>
       </c>
       <c r="C349" s="6" t="s">
-        <v>779</v>
+        <v>781</v>
       </c>
       <c r="D349" s="6" t="s">
         <v>17</v>
       </c>
       <c r="E349" s="6" t="s">
         <v>17</v>
       </c>
       <c r="F349" s="6" t="s">
-        <v>780</v>
+        <v>782</v>
       </c>
       <c r="G349" s="6" t="s">
         <v>23</v>
       </c>
       <c r="H349" s="6" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="350" spans="1:8" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A350" s="6" t="s">
-        <v>781</v>
+        <v>783</v>
       </c>
       <c r="B350" s="6" t="s">
-        <v>781</v>
+        <v>783</v>
       </c>
       <c r="C350" s="6" t="s">
-        <v>782</v>
+        <v>784</v>
       </c>
       <c r="D350" s="6" t="s">
-        <v>783</v>
+        <v>785</v>
       </c>
       <c r="E350" s="6" t="s">
-        <v>784</v>
+        <v>786</v>
       </c>
       <c r="F350" s="6" t="s">
         <v>288</v>
       </c>
       <c r="G350" s="6" t="s">
         <v>23</v>
       </c>
       <c r="H350" s="6" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="351" spans="1:8" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A351" s="6" t="s">
-        <v>785</v>
+        <v>787</v>
       </c>
       <c r="B351" s="6" t="s">
-        <v>785</v>
+        <v>787</v>
       </c>
       <c r="C351" s="6" t="s">
+        <v>788</v>
+      </c>
+      <c r="D351" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="E351" s="6" t="s">
         <v>786</v>
-      </c>
-[...4 lines deleted...]
-        <v>784</v>
       </c>
       <c r="F351" s="6" t="s">
         <v>288</v>
       </c>
       <c r="G351" s="6" t="s">
         <v>23</v>
       </c>
       <c r="H351" s="6" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="352" spans="1:8" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A352" s="6" t="s">
-        <v>787</v>
+        <v>789</v>
       </c>
       <c r="B352" s="6" t="s">
-        <v>787</v>
+        <v>789</v>
       </c>
       <c r="C352" s="6" t="s">
-        <v>788</v>
+        <v>790</v>
       </c>
       <c r="D352" s="6" t="s">
-        <v>789</v>
+        <v>791</v>
       </c>
       <c r="E352" s="6" t="s">
-        <v>784</v>
+        <v>786</v>
       </c>
       <c r="F352" s="6" t="s">
         <v>288</v>
       </c>
       <c r="G352" s="6" t="s">
         <v>23</v>
       </c>
       <c r="H352" s="6" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="353" spans="1:8" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A353" s="6" t="s">
-        <v>790</v>
+        <v>792</v>
       </c>
       <c r="B353" s="6" t="s">
-        <v>790</v>
+        <v>792</v>
       </c>
       <c r="C353" s="6" t="s">
-        <v>791</v>
+        <v>793</v>
       </c>
       <c r="D353" s="6" t="s">
-        <v>792</v>
+        <v>794</v>
       </c>
       <c r="E353" s="6" t="s">
-        <v>784</v>
+        <v>786</v>
       </c>
       <c r="F353" s="6" t="s">
         <v>288</v>
       </c>
       <c r="G353" s="6" t="s">
         <v>23</v>
       </c>
       <c r="H353" s="6" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="354" spans="1:8" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A354" s="6" t="s">
-        <v>793</v>
+        <v>795</v>
       </c>
       <c r="B354" s="6" t="s">
-        <v>793</v>
+        <v>795</v>
       </c>
       <c r="C354" s="6" t="s">
-        <v>794</v>
+        <v>796</v>
       </c>
       <c r="D354" s="6" t="s">
         <v>17</v>
       </c>
       <c r="E354" s="6" t="s">
         <v>17</v>
       </c>
       <c r="F354" s="6" t="s">
-        <v>795</v>
+        <v>797</v>
       </c>
       <c r="G354" s="6" t="s">
         <v>23</v>
       </c>
       <c r="H354" s="6" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="355" spans="1:8" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A355" s="6" t="s">
-        <v>796</v>
+        <v>798</v>
       </c>
       <c r="B355" s="6" t="s">
-        <v>796</v>
+        <v>798</v>
       </c>
       <c r="C355" s="6" t="s">
-        <v>797</v>
+        <v>799</v>
       </c>
       <c r="D355" s="6" t="s">
         <v>17</v>
       </c>
       <c r="E355" s="6" t="s">
         <v>17</v>
       </c>
       <c r="F355" s="6" t="s">
         <v>18</v>
       </c>
       <c r="G355" s="6" t="s">
         <v>23</v>
       </c>
       <c r="H355" s="6" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="356" spans="1:8" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A356" s="6" t="s">
-        <v>798</v>
+        <v>800</v>
       </c>
       <c r="B356" s="6" t="s">
-        <v>798</v>
+        <v>800</v>
       </c>
       <c r="C356" s="6" t="s">
-        <v>799</v>
+        <v>801</v>
       </c>
       <c r="D356" s="6" t="s">
         <v>17</v>
       </c>
       <c r="E356" s="6" t="s">
         <v>17</v>
       </c>
       <c r="F356" s="6" t="s">
         <v>33</v>
       </c>
       <c r="G356" s="6" t="s">
         <v>23</v>
       </c>
       <c r="H356" s="6" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="357" spans="1:8" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A357" s="8" t="s">
-        <v>800</v>
+        <v>802</v>
       </c>
       <c r="B357" s="8" t="s">
-        <v>800</v>
+        <v>802</v>
       </c>
       <c r="C357" s="8" t="s">
-        <v>801</v>
+        <v>803</v>
       </c>
       <c r="D357" s="8" t="s">
         <v>17</v>
       </c>
       <c r="E357" s="8" t="s">
         <v>17</v>
       </c>
       <c r="F357" s="8" t="s">
         <v>221</v>
       </c>
       <c r="G357" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H357" s="8" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="358" spans="1:8" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A358" s="6" t="s">
-        <v>802</v>
+        <v>804</v>
       </c>
       <c r="B358" s="6" t="s">
-        <v>802</v>
+        <v>804</v>
       </c>
       <c r="C358" s="6" t="s">
-        <v>803</v>
+        <v>805</v>
       </c>
       <c r="D358" s="6" t="s">
         <v>17</v>
       </c>
       <c r="E358" s="6" t="s">
         <v>17</v>
       </c>
       <c r="F358" s="6" t="s">
         <v>59</v>
       </c>
       <c r="G358" s="6" t="s">
         <v>23</v>
       </c>
       <c r="H358" s="6" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="359" spans="1:8" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A359" s="6" t="s">
-        <v>804</v>
+        <v>806</v>
       </c>
       <c r="B359" s="6" t="s">
-        <v>804</v>
+        <v>806</v>
       </c>
       <c r="C359" s="6" t="s">
-        <v>805</v>
+        <v>807</v>
       </c>
       <c r="D359" s="6" t="s">
         <v>17</v>
       </c>
       <c r="E359" s="6" t="s">
         <v>17</v>
       </c>
       <c r="F359" s="6" t="s">
         <v>18</v>
       </c>
       <c r="G359" s="6" t="s">
         <v>23</v>
       </c>
       <c r="H359" s="6" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="360" spans="1:8" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A360" s="6" t="s">
-        <v>806</v>
+        <v>808</v>
       </c>
       <c r="B360" s="6" t="s">
-        <v>806</v>
+        <v>808</v>
       </c>
       <c r="C360" s="6" t="s">
-        <v>807</v>
+        <v>809</v>
       </c>
       <c r="D360" s="6" t="s">
         <v>17</v>
       </c>
       <c r="E360" s="6" t="s">
         <v>17</v>
       </c>
       <c r="F360" s="6" t="s">
         <v>59</v>
       </c>
       <c r="G360" s="6" t="s">
         <v>23</v>
       </c>
       <c r="H360" s="6" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="361" spans="1:8" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A361" s="7" t="s">
-        <v>808</v>
+        <v>810</v>
       </c>
       <c r="B361" s="7" t="s">
-        <v>808</v>
+        <v>810</v>
       </c>
       <c r="C361" s="7" t="s">
-        <v>809</v>
+        <v>811</v>
       </c>
       <c r="D361" s="7" t="s">
         <v>17</v>
       </c>
       <c r="E361" s="7" t="s">
         <v>17</v>
       </c>
       <c r="F361" s="7" t="s">
         <v>59</v>
       </c>
       <c r="G361" s="7" t="s">
         <v>23</v>
       </c>
       <c r="H361" s="7" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="362" spans="1:8" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A362" s="6" t="s">
-        <v>810</v>
+        <v>812</v>
       </c>
       <c r="B362" s="6" t="s">
-        <v>810</v>
+        <v>812</v>
       </c>
       <c r="C362" s="6" t="s">
-        <v>811</v>
+        <v>813</v>
       </c>
       <c r="D362" s="6" t="s">
         <v>17</v>
       </c>
       <c r="E362" s="6" t="s">
         <v>17</v>
       </c>
       <c r="F362" s="6" t="s">
-        <v>760</v>
+        <v>762</v>
       </c>
       <c r="G362" s="6" t="s">
         <v>23</v>
       </c>
       <c r="H362" s="6" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="363" spans="1:8" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A363" s="6" t="s">
-        <v>812</v>
+        <v>814</v>
       </c>
       <c r="B363" s="6" t="s">
-        <v>812</v>
+        <v>814</v>
       </c>
       <c r="C363" s="6" t="s">
-        <v>813</v>
+        <v>815</v>
       </c>
       <c r="D363" s="6" t="s">
         <v>17</v>
       </c>
       <c r="E363" s="6" t="s">
         <v>17</v>
       </c>
       <c r="F363" s="6" t="s">
         <v>18</v>
       </c>
       <c r="G363" s="6" t="s">
         <v>23</v>
       </c>
       <c r="H363" s="6" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="364" spans="1:8" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A364" s="7" t="s">
-        <v>814</v>
+        <v>816</v>
       </c>
       <c r="B364" s="7" t="s">
-        <v>814</v>
+        <v>816</v>
       </c>
       <c r="C364" s="7" t="s">
-        <v>815</v>
+        <v>817</v>
       </c>
       <c r="D364" s="7" t="s">
         <v>17</v>
       </c>
       <c r="E364" s="7" t="s">
         <v>17</v>
       </c>
       <c r="F364" s="7" t="s">
         <v>18</v>
       </c>
       <c r="G364" s="7" t="s">
         <v>23</v>
       </c>
       <c r="H364" s="7" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="365" spans="1:8" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A365" s="6" t="s">
-        <v>816</v>
+        <v>818</v>
       </c>
       <c r="B365" s="6" t="s">
-        <v>816</v>
+        <v>818</v>
       </c>
       <c r="C365" s="6" t="s">
-        <v>817</v>
+        <v>819</v>
       </c>
       <c r="D365" s="6" t="s">
         <v>17</v>
       </c>
       <c r="E365" s="6" t="s">
         <v>17</v>
       </c>
       <c r="F365" s="6" t="s">
         <v>33</v>
       </c>
       <c r="G365" s="6" t="s">
         <v>23</v>
       </c>
       <c r="H365" s="6" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="366" spans="1:8" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A366" s="6" t="s">
-        <v>818</v>
+        <v>820</v>
       </c>
       <c r="B366" s="6" t="s">
-        <v>818</v>
+        <v>820</v>
       </c>
       <c r="C366" s="6" t="s">
-        <v>819</v>
+        <v>821</v>
       </c>
       <c r="D366" s="6" t="s">
         <v>17</v>
       </c>
       <c r="E366" s="6" t="s">
         <v>17</v>
       </c>
       <c r="F366" s="6" t="s">
         <v>59</v>
       </c>
       <c r="G366" s="6" t="s">
         <v>23</v>
       </c>
       <c r="H366" s="6" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="367" spans="1:8" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A367" s="6" t="s">
-        <v>820</v>
+        <v>822</v>
       </c>
       <c r="B367" s="6" t="s">
-        <v>820</v>
+        <v>822</v>
       </c>
       <c r="C367" s="6" t="s">
-        <v>821</v>
+        <v>823</v>
       </c>
       <c r="D367" s="6" t="s">
         <v>17</v>
       </c>
       <c r="E367" s="6" t="s">
         <v>17</v>
       </c>
       <c r="F367" s="6" t="s">
         <v>59</v>
       </c>
       <c r="G367" s="6" t="s">
         <v>23</v>
       </c>
       <c r="H367" s="6" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="368" spans="1:8" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A368" s="6" t="s">
-        <v>822</v>
+        <v>824</v>
       </c>
       <c r="B368" s="6" t="s">
-        <v>822</v>
+        <v>824</v>
       </c>
       <c r="C368" s="6" t="s">
-        <v>823</v>
+        <v>825</v>
       </c>
       <c r="D368" s="6" t="s">
         <v>17</v>
       </c>
       <c r="E368" s="6" t="s">
         <v>17</v>
       </c>
       <c r="F368" s="6" t="s">
         <v>59</v>
       </c>
       <c r="G368" s="6" t="s">
         <v>23</v>
       </c>
       <c r="H368" s="6" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="369" spans="1:8" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A369" s="6" t="s">
-        <v>824</v>
+        <v>826</v>
       </c>
       <c r="B369" s="6" t="s">
-        <v>824</v>
+        <v>826</v>
       </c>
       <c r="C369" s="6" t="s">
-        <v>825</v>
+        <v>827</v>
       </c>
       <c r="D369" s="6" t="s">
         <v>17</v>
       </c>
       <c r="E369" s="6" t="s">
         <v>17</v>
       </c>
       <c r="F369" s="6" t="s">
-        <v>826</v>
+        <v>828</v>
       </c>
       <c r="G369" s="6" t="s">
         <v>23</v>
       </c>
       <c r="H369" s="6" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="370" spans="1:8" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A370" s="6" t="s">
-        <v>827</v>
+        <v>829</v>
       </c>
       <c r="B370" s="6" t="s">
-        <v>827</v>
+        <v>829</v>
       </c>
       <c r="C370" s="6" t="s">
-        <v>828</v>
+        <v>830</v>
       </c>
       <c r="D370" s="6" t="s">
-        <v>829</v>
+        <v>831</v>
       </c>
       <c r="E370" s="6" t="s">
         <v>17</v>
       </c>
       <c r="F370" s="6" t="s">
         <v>18</v>
       </c>
       <c r="G370" s="6" t="s">
         <v>259</v>
       </c>
       <c r="H370" s="6" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="371" spans="1:8" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A371" s="6" t="s">
-        <v>830</v>
+        <v>832</v>
       </c>
       <c r="B371" s="6" t="s">
-        <v>830</v>
+        <v>832</v>
       </c>
       <c r="C371" s="6" t="s">
-        <v>831</v>
+        <v>833</v>
       </c>
       <c r="D371" s="6" t="s">
         <v>17</v>
       </c>
       <c r="E371" s="6" t="s">
         <v>17</v>
       </c>
       <c r="F371" s="6" t="s">
-        <v>832</v>
+        <v>834</v>
       </c>
       <c r="G371" s="6" t="s">
         <v>45</v>
       </c>
       <c r="H371" s="6" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="372" spans="1:8" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A372" s="7" t="s">
-        <v>833</v>
+        <v>835</v>
       </c>
       <c r="B372" s="7" t="s">
-        <v>833</v>
+        <v>835</v>
       </c>
       <c r="C372" s="7" t="s">
-        <v>834</v>
+        <v>836</v>
       </c>
       <c r="D372" s="7" t="s">
-        <v>835</v>
+        <v>837</v>
       </c>
       <c r="E372" s="7" t="s">
         <v>17</v>
       </c>
       <c r="F372" s="7" t="s">
         <v>33</v>
       </c>
       <c r="G372" s="7" t="s">
         <v>23</v>
       </c>
       <c r="H372" s="7" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="373" spans="1:8" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A373" s="6" t="s">
-        <v>836</v>
+        <v>838</v>
       </c>
       <c r="B373" s="6" t="s">
-        <v>836</v>
+        <v>838</v>
       </c>
       <c r="C373" s="6" t="s">
-        <v>837</v>
+        <v>839</v>
       </c>
       <c r="D373" s="6" t="s">
         <v>17</v>
       </c>
       <c r="E373" s="6" t="s">
         <v>17</v>
       </c>
       <c r="F373" s="6" t="s">
         <v>33</v>
       </c>
       <c r="G373" s="6" t="s">
         <v>23</v>
       </c>
       <c r="H373" s="6" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="374" spans="1:8" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A374" s="6" t="s">
-        <v>838</v>
+        <v>840</v>
       </c>
       <c r="B374" s="6" t="s">
-        <v>838</v>
+        <v>840</v>
       </c>
       <c r="C374" s="6" t="s">
-        <v>839</v>
+        <v>841</v>
       </c>
       <c r="D374" s="6" t="s">
         <v>17</v>
       </c>
       <c r="E374" s="6" t="s">
         <v>17</v>
       </c>
       <c r="F374" s="6" t="s">
         <v>33</v>
       </c>
       <c r="G374" s="6" t="s">
         <v>95</v>
       </c>
       <c r="H374" s="6" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="375" spans="1:8" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A375" s="6" t="s">
-        <v>840</v>
+        <v>842</v>
       </c>
       <c r="B375" s="6" t="s">
-        <v>840</v>
+        <v>842</v>
       </c>
       <c r="C375" s="6" t="s">
-        <v>841</v>
+        <v>843</v>
       </c>
       <c r="D375" s="6" t="s">
         <v>17</v>
       </c>
       <c r="E375" s="6" t="s">
         <v>17</v>
       </c>
       <c r="F375" s="6" t="s">
         <v>33</v>
       </c>
       <c r="G375" s="6" t="s">
         <v>95</v>
       </c>
       <c r="H375" s="6" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="376" spans="1:8" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A376" s="6" t="s">
-        <v>842</v>
+        <v>844</v>
       </c>
       <c r="B376" s="6" t="s">
-        <v>842</v>
+        <v>844</v>
       </c>
       <c r="C376" s="6" t="s">
-        <v>843</v>
+        <v>845</v>
       </c>
       <c r="D376" s="6" t="s">
         <v>17</v>
       </c>
       <c r="E376" s="6" t="s">
         <v>17</v>
       </c>
       <c r="F376" s="6" t="s">
         <v>33</v>
       </c>
       <c r="G376" s="6" t="s">
         <v>23</v>
       </c>
       <c r="H376" s="6" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="377" spans="1:8" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A377" s="6" t="s">
-        <v>844</v>
+        <v>846</v>
       </c>
       <c r="B377" s="6" t="s">
-        <v>844</v>
+        <v>846</v>
       </c>
       <c r="C377" s="6" t="s">
-        <v>845</v>
+        <v>847</v>
       </c>
       <c r="D377" s="6" t="s">
         <v>17</v>
       </c>
       <c r="E377" s="6" t="s">
         <v>17</v>
       </c>
       <c r="F377" s="6" t="s">
         <v>33</v>
       </c>
       <c r="G377" s="6" t="s">
         <v>23</v>
       </c>
       <c r="H377" s="6" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="378" spans="1:8" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A378" s="6" t="s">
-        <v>846</v>
+        <v>848</v>
       </c>
       <c r="B378" s="6" t="s">
-        <v>846</v>
+        <v>848</v>
       </c>
       <c r="C378" s="6" t="s">
-        <v>847</v>
+        <v>849</v>
       </c>
       <c r="D378" s="6" t="s">
         <v>17</v>
       </c>
       <c r="E378" s="6" t="s">
         <v>17</v>
       </c>
       <c r="F378" s="6" t="s">
         <v>33</v>
       </c>
       <c r="G378" s="6" t="s">
         <v>65</v>
       </c>
       <c r="H378" s="6" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="379" spans="1:8" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A379" s="12" t="s">
-        <v>848</v>
+        <v>850</v>
       </c>
       <c r="B379" s="12" t="s">
-        <v>848</v>
+        <v>850</v>
       </c>
       <c r="C379" s="12" t="s">
-        <v>849</v>
+        <v>851</v>
       </c>
       <c r="D379" s="12" t="s">
         <v>17</v>
       </c>
       <c r="E379" s="12" t="s">
         <v>17</v>
       </c>
       <c r="F379" s="12" t="s">
-        <v>850</v>
+        <v>852</v>
       </c>
       <c r="G379" s="12" t="s">
         <v>23</v>
       </c>
       <c r="H379" s="12" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="380" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="381" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="382" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A382" s="4" t="s">
-        <v>851</v>
+        <v>853</v>
       </c>
     </row>
     <row r="383" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A383" s="5" t="s">
-        <v>852</v>
+        <v>854</v>
       </c>
     </row>
     <row r="384" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A384" s="5" t="s">
-        <v>853</v>
+        <v>855</v>
       </c>
     </row>
     <row r="385" spans="1:1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A385" s="5" t="s">
-        <v>854</v>
+        <v>856</v>
       </c>
     </row>
     <row r="386" spans="1:1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A386" s="5" t="s">
-        <v>855</v>
+        <v>857</v>
       </c>
     </row>
     <row r="387" spans="1:1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A387" s="5" t="s">
-        <v>856</v>
+        <v>858</v>
       </c>
     </row>
     <row r="388" spans="1:1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A388" s="5" t="s">
-        <v>857</v>
+        <v>859</v>
       </c>
     </row>
     <row r="389" spans="1:1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A389" s="5" t="s">
-        <v>858</v>
+        <v>860</v>
       </c>
     </row>
     <row r="390" spans="1:1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A390" s="5" t="s">
-        <v>859</v>
+        <v>861</v>
       </c>
     </row>
     <row r="391" spans="1:1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A391" s="5" t="s">
-        <v>860</v>
+        <v>862</v>
       </c>
     </row>
     <row r="392" spans="1:1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A392" s="5" t="s">
-        <v>861</v>
+        <v>863</v>
       </c>
     </row>
     <row r="393" spans="1:1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A393" s="5" t="s">
-        <v>862</v>
+        <v>864</v>
       </c>
     </row>
     <row r="394" spans="1:1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A394" s="5" t="s">
-        <v>863</v>
+        <v>865</v>
       </c>
     </row>
     <row r="395" spans="1:1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A395" s="5" t="s">
-        <v>864</v>
+        <v>866</v>
       </c>
     </row>
     <row r="396" spans="1:1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A396" s="5" t="s">
-        <v>865</v>
+        <v>867</v>
       </c>
     </row>
     <row r="397" spans="1:1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A397" s="5" t="s">
-        <v>866</v>
+        <v>868</v>
       </c>
     </row>
     <row r="398" spans="1:1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A398" s="5" t="s">
-        <v>867</v>
+        <v>869</v>
       </c>
     </row>
     <row r="399" spans="1:1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A399" s="5" t="s">
-        <v>868</v>
+        <v>870</v>
       </c>
     </row>
     <row r="400" spans="1:1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A400" s="5" t="s">
-        <v>869</v>
+        <v>871</v>
       </c>
     </row>
     <row r="401" spans="1:1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A401" s="5" t="s">
-        <v>870</v>
+        <v>872</v>
       </c>
     </row>
     <row r="402" spans="1:1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A402" s="5" t="s">
-        <v>871</v>
+        <v>873</v>
       </c>
     </row>
     <row r="403" spans="1:1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A403" s="5" t="s">
-        <v>872</v>
+        <v>874</v>
       </c>
     </row>
     <row r="404" spans="1:1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A404" s="5" t="s">
-        <v>873</v>
+        <v>875</v>
       </c>
     </row>
     <row r="405" spans="1:1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A405" s="5" t="s">
-        <v>874</v>
+        <v>876</v>
       </c>
     </row>
     <row r="406" spans="1:1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A406" s="5" t="s">
-        <v>875</v>
+        <v>877</v>
       </c>
     </row>
     <row r="407" spans="1:1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A407" s="5" t="s">
-        <v>876</v>
+        <v>878</v>
       </c>
     </row>
     <row r="408" spans="1:1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A408" s="5" t="s">
-        <v>877</v>
+        <v>879</v>
       </c>
     </row>
     <row r="409" spans="1:1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A409" s="5" t="s">
-        <v>878</v>
+        <v>880</v>
       </c>
     </row>
     <row r="410" spans="1:1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A410" s="5" t="s">
-        <v>879</v>
+        <v>881</v>
       </c>
     </row>
     <row r="411" spans="1:1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A411" s="5" t="s">
-        <v>880</v>
+        <v>882</v>
       </c>
     </row>
     <row r="413" spans="1:1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A413" s="4" t="s">
-        <v>881</v>
+        <v>883</v>
       </c>
     </row>
     <row r="414" spans="1:1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A414" s="5" t="s">
-        <v>882</v>
+        <v>884</v>
       </c>
     </row>
     <row r="415" spans="1:1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A415" s="5" t="s">
-        <v>883</v>
+        <v>885</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.5" right="0.5" top="0.8" bottom="0.6" header="0.3" footer="0.2"/>
   <pageSetup paperSize="9" fitToHeight="999" orientation="portrait"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Arbeitsblätter</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>