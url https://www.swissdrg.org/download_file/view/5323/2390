--- v0 (2025-12-22)
+++ v1 (2026-02-01)
@@ -8,184 +8,184 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/comments2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/comments3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="O:\Arbeitsgruppen\Hochteure Medikamente\Liste 2026\Dokumente 2026\Technisches Begleitblatt\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\dc2022.swissdrg.local\SwissDRG$\Arbeitsgruppen\Hochteure Medikamente\Liste 2026\Dokumente 2026\Technisches Begleitblatt\Finale Dokumente\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C4877D15-710B-4615-AF8A-0F0FD74A98E8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{0F9E5CEE-19BE-48A1-9E9F-414C3DE47A4E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="38640" windowHeight="21120" xr2:uid="{56B3A294-90DE-4126-B0CB-5D55CDDCF0EA}"/>
+    <workbookView xWindow="38280" yWindow="-120" windowWidth="38640" windowHeight="21240" xr2:uid="{56B3A294-90DE-4126-B0CB-5D55CDDCF0EA}"/>
   </bookViews>
   <sheets>
     <sheet name="Technisches Begleitblatt (de)" sheetId="1" r:id="rId1"/>
     <sheet name="Notice technique (fr)" sheetId="3" r:id="rId2"/>
     <sheet name="Note tecniche (it)" sheetId="4" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="1">'Note tecniche (it)'!$A$8:$I$75</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'Notice technique (fr)'!$A$8:$I$75</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Technisches Begleitblatt (de)'!$A$8:$I$75</definedName>
   </definedNames>
   <calcPr calcId="181029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>Christian Franke</author>
   </authors>
   <commentList>
     <comment ref="A8" authorId="0" shapeId="0" xr:uid="{4196B8E5-C48D-400D-BF5F-E1372B715349}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Segoe UI"/>
-            <charset val="1"/>
+            <family val="2"/>
           </rPr>
           <t>Gemäss SpiGes</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Segoe UI"/>
-            <charset val="1"/>
+            <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 </t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/comments2.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>Christian Franke</author>
   </authors>
   <commentList>
     <comment ref="A8" authorId="0" shapeId="0" xr:uid="{D5A1A19B-22AC-48BE-926A-C047A4F72F91}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Segoe UI"/>
-            <charset val="1"/>
+            <family val="2"/>
           </rPr>
           <t>Selon "SpiGes"</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Segoe UI"/>
-            <charset val="1"/>
+            <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 </t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/comments3.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>Christian Franke</author>
   </authors>
   <commentList>
     <comment ref="A8" authorId="0" shapeId="0" xr:uid="{67E10890-64D9-4729-BB97-9DDE2F2F804C}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Segoe UI"/>
-            <charset val="1"/>
+            <family val="2"/>
           </rPr>
           <t>Secondo "SpiGes"</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Segoe UI"/>
-            <charset val="1"/>
+            <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 </t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="741" uniqueCount="316">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="744" uniqueCount="322">
   <si>
     <t>Die Medikamente/Substanzen sind im SpiGes-Datensatz des Bundesamtes für Statistik (BFS) in Tabelle 8 zu liefern. Weiterführende Informationen zum SpiGes-Datensatz finden Sie auf der Website des BFS.</t>
   </si>
   <si>
     <t>Kontakt: datenerhebung@swissdrg.org</t>
   </si>
   <si>
     <t>medi_atc</t>
   </si>
   <si>
     <t>Bezeichnung</t>
   </si>
   <si>
     <t>ATC-Kode des Arzneimittels</t>
   </si>
   <si>
     <t>Wertebereich</t>
   </si>
   <si>
     <t>Kürzel</t>
   </si>
   <si>
     <t>Kürzel-Bezeichnung</t>
   </si>
   <si>
@@ -258,53 +258,50 @@
     <t>CQZ</t>
   </si>
   <si>
     <t>Qarziba®</t>
   </si>
   <si>
     <t>CTG</t>
   </si>
   <si>
     <t>Thymoglobuline®</t>
   </si>
   <si>
     <t>CFR</t>
   </si>
   <si>
     <t>ATG-Fresenius® / Grafalon®</t>
   </si>
   <si>
     <t>CZY</t>
   </si>
   <si>
     <t>Zypadhera®</t>
   </si>
   <si>
     <t>CAM</t>
-  </si>
-[...1 lines deleted...]
-    <t>Abilify Maintena®</t>
   </si>
   <si>
     <t>CXE</t>
   </si>
   <si>
     <t>Xeplion® / Trevicta®</t>
   </si>
   <si>
     <t>CTK</t>
   </si>
   <si>
     <t>Trikafta®</t>
   </si>
   <si>
     <t>CCS</t>
   </si>
   <si>
     <t>Cayston®</t>
   </si>
   <si>
     <t>CAZ</t>
   </si>
   <si>
     <t>Azactam®</t>
   </si>
@@ -1138,122 +1135,143 @@
   <si>
     <t>Psoriasis en plaques, arthrite psoriasique</t>
   </si>
   <si>
     <t>Maladie de Crohn, colite ulcéreuse</t>
   </si>
   <si>
     <t>Psoriasi a placche, artrite psoriasica</t>
   </si>
   <si>
     <t>Morbo di Crohn, colite ulcerosa</t>
   </si>
   <si>
     <t>IVSK</t>
   </si>
   <si>
     <t>intravesikal</t>
   </si>
   <si>
     <t>intravésicale</t>
   </si>
   <si>
     <t>endovescicale</t>
   </si>
   <si>
-    <t>État: 11.11.2025</t>
-[...7 lines deleted...]
-  <si>
     <t>Ja, gelöscht</t>
   </si>
   <si>
     <t>CON</t>
   </si>
   <si>
     <t xml:space="preserve">Onivyde® liposomal pégylé </t>
   </si>
   <si>
     <t>Oui, supprimé</t>
   </si>
   <si>
     <t>Si, cancellato</t>
+  </si>
+  <si>
+    <t>Präparate mit anderem Handelsnamen, aber gleichem Wirkstoff und gleicher Verabreichungsart sind mit dem gleichen Kürzel zu kodieren wie das angegebene Präparat.</t>
+  </si>
+  <si>
+    <t>Abilify Maintena® / Abilify Asimtufii®</t>
+  </si>
+  <si>
+    <t>Ja, ergänzt</t>
+  </si>
+  <si>
+    <t>Les préparations portant un autre nom commercial, mais présentant le même principe actif et ayant le même mode d'administration doivent être codées avec la même abréviation que la préparation indiquée.</t>
+  </si>
+  <si>
+    <t>Oui, complété</t>
+  </si>
+  <si>
+    <t>I preparati con un altro nome commerciale ma con lo stesso principio attivo e lo stesso modo di somministrazione devono essere codificati con la stessa abbreviazione del preparato indicato.</t>
+  </si>
+  <si>
+    <t>Sì, aggiunto</t>
+  </si>
+  <si>
+    <t>Stato: 20.01.2026</t>
+  </si>
+  <si>
+    <t>Stand: 20.01.2026</t>
+  </si>
+  <si>
+    <t>État: 20.01.2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <vertAlign val="superscript"/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="9"/>
       <color indexed="81"/>
       <name val="Segoe UI"/>
-      <charset val="1"/>
+      <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color indexed="81"/>
       <name val="Segoe UI"/>
-      <charset val="1"/>
+      <family val="2"/>
     </font>
     <font>
       <strike/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.249977111117893"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
@@ -1333,88 +1351,88 @@
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
-    </xf>
-[...7 lines deleted...]
-      <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="center"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Standard" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF3AC7F4"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
@@ -1907,3979 +1925,3985 @@
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments2.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing3.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments3.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6E475BA3-83E1-4EFA-83FC-A085DFEA13F8}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:I75"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <pane ySplit="8" topLeftCell="A9" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A10" sqref="A10:A45"/>
-      <selection pane="bottomLeft" activeCell="A9" sqref="A9"/>
+      <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="2" width="25.7109375" style="1" customWidth="1"/>
     <col min="3" max="3" width="10.7109375" style="1" customWidth="1"/>
     <col min="4" max="4" width="25.7109375" style="1" customWidth="1"/>
     <col min="5" max="5" width="35.7109375" style="1" customWidth="1"/>
     <col min="6" max="6" width="8.85546875" style="1" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="75.7109375" style="1" customWidth="1"/>
     <col min="8" max="8" width="65.7109375" style="1" customWidth="1"/>
     <col min="9" max="9" width="20.7109375" style="2" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
-        <v>291</v>
+        <v>290</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="1" t="s">
-        <v>310</v>
+        <v>320</v>
       </c>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="1" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:9" s="6" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="A8" s="8" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="B8" s="9" t="s">
         <v>3</v>
       </c>
       <c r="C8" s="8" t="s">
-        <v>209</v>
+        <v>208</v>
       </c>
       <c r="D8" s="9" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="E8" s="9" t="s">
         <v>5</v>
       </c>
       <c r="F8" s="9" t="s">
         <v>6</v>
       </c>
       <c r="G8" s="9" t="s">
         <v>7</v>
       </c>
       <c r="H8" s="8" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="I8" s="8" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
     </row>
     <row r="9" spans="1:9" s="6" customFormat="1" ht="60" x14ac:dyDescent="0.25">
       <c r="A9" s="4" t="s">
         <v>2</v>
       </c>
       <c r="B9" s="5" t="s">
         <v>4</v>
       </c>
       <c r="C9" s="4">
         <v>7</v>
       </c>
       <c r="D9" s="4" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="E9" s="5" t="s">
         <v>8</v>
       </c>
       <c r="F9" s="4"/>
       <c r="G9" s="4"/>
       <c r="H9" s="5"/>
       <c r="I9" s="5" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
     </row>
     <row r="10" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A10" s="16" t="s">
-[...2 lines deleted...]
-      <c r="B10" s="10" t="s">
+      <c r="A10" s="14" t="s">
+        <v>195</v>
+      </c>
+      <c r="B10" s="11" t="s">
         <v>9</v>
       </c>
-      <c r="C10" s="10">
+      <c r="C10" s="11">
         <v>4</v>
       </c>
-      <c r="D10" s="19" t="s">
-[...2 lines deleted...]
-      <c r="E10" s="10" t="s">
+      <c r="D10" s="17" t="s">
+        <v>63</v>
+      </c>
+      <c r="E10" s="11" t="s">
         <v>10</v>
       </c>
-      <c r="F10" s="22" t="s">
+      <c r="F10" s="10" t="s">
         <v>11</v>
       </c>
-      <c r="G10" s="22" t="s">
-        <v>60</v>
+      <c r="G10" s="10" t="s">
+        <v>59</v>
       </c>
       <c r="H10" s="5"/>
       <c r="I10" s="7" t="s">
-        <v>311</v>
+        <v>307</v>
       </c>
     </row>
     <row r="11" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A11" s="17"/>
-[...4 lines deleted...]
-      <c r="F11" s="22" t="s">
+      <c r="A11" s="15"/>
+      <c r="B11" s="12"/>
+      <c r="C11" s="12"/>
+      <c r="D11" s="18"/>
+      <c r="E11" s="12"/>
+      <c r="F11" s="10" t="s">
         <v>12</v>
       </c>
-      <c r="G11" s="22" t="s">
+      <c r="G11" s="10" t="s">
         <v>13</v>
       </c>
       <c r="H11" s="5"/>
       <c r="I11" s="7" t="s">
-        <v>311</v>
+        <v>307</v>
       </c>
     </row>
     <row r="12" spans="1:9" s="6" customFormat="1" ht="45" x14ac:dyDescent="0.25">
-      <c r="A12" s="17"/>
-[...3 lines deleted...]
-      <c r="E12" s="11"/>
+      <c r="A12" s="15"/>
+      <c r="B12" s="12"/>
+      <c r="C12" s="12"/>
+      <c r="D12" s="18"/>
+      <c r="E12" s="12"/>
       <c r="F12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G12" s="4" t="s">
         <v>15</v>
       </c>
       <c r="H12" s="5" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="I12" s="5" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
     </row>
     <row r="13" spans="1:9" s="6" customFormat="1" ht="45" x14ac:dyDescent="0.25">
-      <c r="A13" s="17"/>
-[...3 lines deleted...]
-      <c r="E13" s="11"/>
+      <c r="A13" s="15"/>
+      <c r="B13" s="12"/>
+      <c r="C13" s="12"/>
+      <c r="D13" s="18"/>
+      <c r="E13" s="12"/>
       <c r="F13" s="4" t="s">
         <v>16</v>
       </c>
       <c r="G13" s="4" t="s">
         <v>17</v>
       </c>
       <c r="H13" s="5" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="I13" s="5" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
     </row>
     <row r="14" spans="1:9" s="6" customFormat="1" ht="45" x14ac:dyDescent="0.25">
-      <c r="A14" s="17"/>
-[...3 lines deleted...]
-      <c r="E14" s="11"/>
+      <c r="A14" s="15"/>
+      <c r="B14" s="12"/>
+      <c r="C14" s="12"/>
+      <c r="D14" s="18"/>
+      <c r="E14" s="12"/>
       <c r="F14" s="4" t="s">
         <v>18</v>
       </c>
       <c r="G14" s="4" t="s">
         <v>19</v>
       </c>
       <c r="H14" s="5" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="I14" s="5" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
     </row>
     <row r="15" spans="1:9" s="6" customFormat="1" ht="45" x14ac:dyDescent="0.25">
-      <c r="A15" s="17"/>
-[...3 lines deleted...]
-      <c r="E15" s="11"/>
+      <c r="A15" s="15"/>
+      <c r="B15" s="12"/>
+      <c r="C15" s="12"/>
+      <c r="D15" s="18"/>
+      <c r="E15" s="12"/>
       <c r="F15" s="4" t="s">
         <v>20</v>
       </c>
       <c r="G15" s="4" t="s">
         <v>21</v>
       </c>
       <c r="H15" s="5" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="I15" s="5" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
     </row>
     <row r="16" spans="1:9" s="6" customFormat="1" ht="45" x14ac:dyDescent="0.25">
-      <c r="A16" s="17"/>
-[...3 lines deleted...]
-      <c r="E16" s="11"/>
+      <c r="A16" s="15"/>
+      <c r="B16" s="12"/>
+      <c r="C16" s="12"/>
+      <c r="D16" s="18"/>
+      <c r="E16" s="12"/>
       <c r="F16" s="4" t="s">
         <v>22</v>
       </c>
       <c r="G16" s="4" t="s">
         <v>23</v>
       </c>
       <c r="H16" s="5" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="I16" s="5" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
     </row>
     <row r="17" spans="1:9" s="6" customFormat="1" ht="45" x14ac:dyDescent="0.25">
-      <c r="A17" s="17"/>
-[...3 lines deleted...]
-      <c r="E17" s="11"/>
+      <c r="A17" s="15"/>
+      <c r="B17" s="12"/>
+      <c r="C17" s="12"/>
+      <c r="D17" s="18"/>
+      <c r="E17" s="12"/>
       <c r="F17" s="4" t="s">
         <v>24</v>
       </c>
       <c r="G17" s="4" t="s">
         <v>25</v>
       </c>
       <c r="H17" s="5" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="I17" s="5" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
     </row>
     <row r="18" spans="1:9" s="6" customFormat="1" ht="45" x14ac:dyDescent="0.25">
-      <c r="A18" s="17"/>
-[...3 lines deleted...]
-      <c r="E18" s="11"/>
+      <c r="A18" s="15"/>
+      <c r="B18" s="12"/>
+      <c r="C18" s="12"/>
+      <c r="D18" s="18"/>
+      <c r="E18" s="12"/>
       <c r="F18" s="4" t="s">
         <v>26</v>
       </c>
       <c r="G18" s="4" t="s">
         <v>27</v>
       </c>
       <c r="H18" s="5" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="I18" s="5" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
     </row>
     <row r="19" spans="1:9" s="6" customFormat="1" ht="45" x14ac:dyDescent="0.25">
-      <c r="A19" s="17"/>
-[...3 lines deleted...]
-      <c r="E19" s="11"/>
+      <c r="A19" s="15"/>
+      <c r="B19" s="12"/>
+      <c r="C19" s="12"/>
+      <c r="D19" s="18"/>
+      <c r="E19" s="12"/>
       <c r="F19" s="4" t="s">
         <v>28</v>
       </c>
       <c r="G19" s="4" t="s">
         <v>29</v>
       </c>
       <c r="H19" s="5" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="I19" s="5" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
     </row>
     <row r="20" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A20" s="17"/>
-[...3 lines deleted...]
-      <c r="E20" s="11"/>
+      <c r="A20" s="15"/>
+      <c r="B20" s="12"/>
+      <c r="C20" s="12"/>
+      <c r="D20" s="18"/>
+      <c r="E20" s="12"/>
       <c r="F20" s="4" t="s">
         <v>30</v>
       </c>
       <c r="G20" s="4" t="s">
         <v>31</v>
       </c>
       <c r="H20" s="5"/>
       <c r="I20" s="5" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
     </row>
     <row r="21" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A21" s="17"/>
-[...3 lines deleted...]
-      <c r="E21" s="11"/>
+      <c r="A21" s="15"/>
+      <c r="B21" s="12"/>
+      <c r="C21" s="12"/>
+      <c r="D21" s="18"/>
+      <c r="E21" s="12"/>
       <c r="F21" s="4" t="s">
         <v>32</v>
       </c>
       <c r="G21" s="4" t="s">
         <v>33</v>
       </c>
       <c r="H21" s="5"/>
       <c r="I21" s="5" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
     </row>
     <row r="22" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A22" s="17"/>
-[...3 lines deleted...]
-      <c r="E22" s="11"/>
+      <c r="A22" s="15"/>
+      <c r="B22" s="12"/>
+      <c r="C22" s="12"/>
+      <c r="D22" s="18"/>
+      <c r="E22" s="12"/>
       <c r="F22" s="4" t="s">
         <v>34</v>
       </c>
       <c r="G22" s="4" t="s">
         <v>35</v>
       </c>
       <c r="H22" s="5"/>
       <c r="I22" s="5" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
     </row>
     <row r="23" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A23" s="17"/>
-[...3 lines deleted...]
-      <c r="E23" s="11"/>
+      <c r="A23" s="15"/>
+      <c r="B23" s="12"/>
+      <c r="C23" s="12"/>
+      <c r="D23" s="18"/>
+      <c r="E23" s="12"/>
       <c r="F23" s="4" t="s">
         <v>36</v>
       </c>
       <c r="G23" s="4" t="s">
         <v>37</v>
       </c>
       <c r="H23" s="5"/>
       <c r="I23" s="5" t="s">
-        <v>134</v>
-[...7 lines deleted...]
-      <c r="E24" s="11"/>
+        <v>133</v>
+      </c>
+    </row>
+    <row r="24" spans="1:9" s="6" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A24" s="15"/>
+      <c r="B24" s="12"/>
+      <c r="C24" s="12"/>
+      <c r="D24" s="18"/>
+      <c r="E24" s="12"/>
       <c r="F24" s="4" t="s">
         <v>38</v>
       </c>
       <c r="G24" s="4" t="s">
+        <v>313</v>
+      </c>
+      <c r="H24" s="5" t="s">
+        <v>312</v>
+      </c>
+      <c r="I24" s="7" t="s">
+        <v>314</v>
+      </c>
+    </row>
+    <row r="25" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="15"/>
+      <c r="B25" s="12"/>
+      <c r="C25" s="12"/>
+      <c r="D25" s="18"/>
+      <c r="E25" s="12"/>
+      <c r="F25" s="4" t="s">
         <v>39</v>
       </c>
-      <c r="H24" s="5"/>
-[...10 lines deleted...]
-      <c r="F25" s="4" t="s">
+      <c r="G25" s="4" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
       <c r="H25" s="5"/>
       <c r="I25" s="5" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
     </row>
     <row r="26" spans="1:9" s="6" customFormat="1" ht="45" x14ac:dyDescent="0.25">
-      <c r="A26" s="17"/>
-[...3 lines deleted...]
-      <c r="E26" s="11"/>
+      <c r="A26" s="15"/>
+      <c r="B26" s="12"/>
+      <c r="C26" s="12"/>
+      <c r="D26" s="18"/>
+      <c r="E26" s="12"/>
       <c r="F26" s="4" t="s">
+        <v>41</v>
+      </c>
+      <c r="G26" s="4" t="s">
         <v>42</v>
       </c>
-      <c r="G26" s="4" t="s">
+      <c r="H26" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="I26" s="5" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="27" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="15"/>
+      <c r="B27" s="12"/>
+      <c r="C27" s="12"/>
+      <c r="D27" s="18"/>
+      <c r="E27" s="12"/>
+      <c r="F27" s="4" t="s">
         <v>43</v>
       </c>
-      <c r="H26" s="5" t="s">
-[...12 lines deleted...]
-      <c r="F27" s="4" t="s">
+      <c r="G27" s="4" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
       <c r="H27" s="5"/>
       <c r="I27" s="5" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
     </row>
     <row r="28" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A28" s="17"/>
-[...3 lines deleted...]
-      <c r="E28" s="11"/>
+      <c r="A28" s="15"/>
+      <c r="B28" s="12"/>
+      <c r="C28" s="12"/>
+      <c r="D28" s="18"/>
+      <c r="E28" s="12"/>
       <c r="F28" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="G28" s="4" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
       <c r="H28" s="5"/>
       <c r="I28" s="5" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
     </row>
     <row r="29" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A29" s="17"/>
-[...3 lines deleted...]
-      <c r="E29" s="11"/>
+      <c r="A29" s="15"/>
+      <c r="B29" s="12"/>
+      <c r="C29" s="12"/>
+      <c r="D29" s="18"/>
+      <c r="E29" s="12"/>
       <c r="F29" s="4" t="s">
-        <v>286</v>
+        <v>285</v>
       </c>
       <c r="G29" s="4" t="s">
-        <v>289</v>
+        <v>288</v>
       </c>
       <c r="H29" s="5"/>
       <c r="I29" s="5" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
     </row>
     <row r="30" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A30" s="17"/>
-[...3 lines deleted...]
-      <c r="E30" s="11"/>
+      <c r="A30" s="15"/>
+      <c r="B30" s="12"/>
+      <c r="C30" s="12"/>
+      <c r="D30" s="18"/>
+      <c r="E30" s="12"/>
       <c r="F30" s="4" t="s">
+        <v>286</v>
+      </c>
+      <c r="G30" s="4" t="s">
         <v>287</v>
       </c>
-      <c r="G30" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H30" s="5" t="s">
-        <v>290</v>
+        <v>289</v>
       </c>
       <c r="I30" s="5" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
     </row>
     <row r="31" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A31" s="17"/>
-[...3 lines deleted...]
-      <c r="E31" s="11"/>
+      <c r="A31" s="15"/>
+      <c r="B31" s="12"/>
+      <c r="C31" s="12"/>
+      <c r="D31" s="18"/>
+      <c r="E31" s="12"/>
       <c r="F31" s="4" t="s">
+        <v>297</v>
+      </c>
+      <c r="G31" s="4" t="s">
         <v>298</v>
-      </c>
-[...1 lines deleted...]
-        <v>299</v>
       </c>
       <c r="H31" s="5"/>
       <c r="I31" s="7" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="32" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A32" s="17"/>
-[...3 lines deleted...]
-      <c r="E32" s="11"/>
+      <c r="A32" s="15"/>
+      <c r="B32" s="12"/>
+      <c r="C32" s="12"/>
+      <c r="D32" s="18"/>
+      <c r="E32" s="12"/>
       <c r="F32" s="4" t="s">
-        <v>312</v>
+        <v>308</v>
       </c>
       <c r="G32" s="4" t="s">
-        <v>313</v>
+        <v>309</v>
       </c>
       <c r="H32" s="5"/>
       <c r="I32" s="7" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="33" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A33" s="17"/>
-[...3 lines deleted...]
-      <c r="E33" s="11"/>
+      <c r="A33" s="15"/>
+      <c r="B33" s="12"/>
+      <c r="C33" s="12"/>
+      <c r="D33" s="18"/>
+      <c r="E33" s="12"/>
       <c r="F33" s="4" t="s">
+        <v>47</v>
+      </c>
+      <c r="G33" s="4" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
       <c r="H33" s="5"/>
       <c r="I33" s="5" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
     </row>
     <row r="34" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A34" s="17"/>
-[...3 lines deleted...]
-      <c r="E34" s="11"/>
+      <c r="A34" s="15"/>
+      <c r="B34" s="12"/>
+      <c r="C34" s="12"/>
+      <c r="D34" s="18"/>
+      <c r="E34" s="12"/>
       <c r="F34" s="4" t="s">
+        <v>49</v>
+      </c>
+      <c r="G34" s="4" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
       <c r="H34" s="5"/>
       <c r="I34" s="5" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
     </row>
     <row r="35" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A35" s="17"/>
-[...3 lines deleted...]
-      <c r="E35" s="11"/>
+      <c r="A35" s="15"/>
+      <c r="B35" s="12"/>
+      <c r="C35" s="12"/>
+      <c r="D35" s="18"/>
+      <c r="E35" s="12"/>
       <c r="F35" s="4" t="s">
+        <v>51</v>
+      </c>
+      <c r="G35" s="4" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
       <c r="H35" s="5"/>
       <c r="I35" s="5" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
     </row>
     <row r="36" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A36" s="17"/>
-[...3 lines deleted...]
-      <c r="E36" s="11"/>
+      <c r="A36" s="15"/>
+      <c r="B36" s="12"/>
+      <c r="C36" s="12"/>
+      <c r="D36" s="18"/>
+      <c r="E36" s="12"/>
       <c r="F36" s="4" t="s">
+        <v>53</v>
+      </c>
+      <c r="G36" s="4" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
       <c r="H36" s="5"/>
       <c r="I36" s="5" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
     </row>
     <row r="37" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A37" s="17"/>
-[...3 lines deleted...]
-      <c r="E37" s="11"/>
+      <c r="A37" s="15"/>
+      <c r="B37" s="12"/>
+      <c r="C37" s="12"/>
+      <c r="D37" s="18"/>
+      <c r="E37" s="12"/>
       <c r="F37" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="G37" s="4" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
       <c r="H37" s="5"/>
       <c r="I37" s="5" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
     </row>
     <row r="38" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A38" s="17"/>
-[...3 lines deleted...]
-      <c r="E38" s="11"/>
+      <c r="A38" s="15"/>
+      <c r="B38" s="12"/>
+      <c r="C38" s="12"/>
+      <c r="D38" s="18"/>
+      <c r="E38" s="12"/>
       <c r="F38" s="4" t="s">
+        <v>57</v>
+      </c>
+      <c r="G38" s="4" t="s">
         <v>58</v>
-      </c>
-[...1 lines deleted...]
-        <v>59</v>
       </c>
       <c r="H38" s="5"/>
       <c r="I38" s="5" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
     </row>
     <row r="39" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A39" s="17"/>
-[...3 lines deleted...]
-      <c r="E39" s="11"/>
+      <c r="A39" s="15"/>
+      <c r="B39" s="12"/>
+      <c r="C39" s="12"/>
+      <c r="D39" s="18"/>
+      <c r="E39" s="12"/>
       <c r="F39" s="4" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="G39" s="4" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="H39" s="5"/>
       <c r="I39" s="5" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
     </row>
     <row r="40" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A40" s="17"/>
-[...3 lines deleted...]
-      <c r="E40" s="11"/>
+      <c r="A40" s="15"/>
+      <c r="B40" s="12"/>
+      <c r="C40" s="12"/>
+      <c r="D40" s="18"/>
+      <c r="E40" s="12"/>
       <c r="F40" s="4" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="G40" s="4" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="H40" s="5"/>
       <c r="I40" s="5" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
     </row>
     <row r="41" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A41" s="17"/>
-[...3 lines deleted...]
-      <c r="E41" s="11"/>
+      <c r="A41" s="15"/>
+      <c r="B41" s="12"/>
+      <c r="C41" s="12"/>
+      <c r="D41" s="18"/>
+      <c r="E41" s="12"/>
       <c r="F41" s="4" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="G41" s="4" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="H41" s="5"/>
       <c r="I41" s="5" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
     </row>
     <row r="42" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A42" s="17"/>
-[...3 lines deleted...]
-      <c r="E42" s="11"/>
+      <c r="A42" s="15"/>
+      <c r="B42" s="12"/>
+      <c r="C42" s="12"/>
+      <c r="D42" s="18"/>
+      <c r="E42" s="12"/>
       <c r="F42" s="4" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="G42" s="4" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="H42" s="5"/>
       <c r="I42" s="5" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
     </row>
     <row r="43" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A43" s="17"/>
-[...3 lines deleted...]
-      <c r="E43" s="11"/>
+      <c r="A43" s="15"/>
+      <c r="B43" s="12"/>
+      <c r="C43" s="12"/>
+      <c r="D43" s="18"/>
+      <c r="E43" s="12"/>
       <c r="F43" s="4" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="G43" s="4" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="H43" s="5"/>
       <c r="I43" s="5" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
     </row>
     <row r="44" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A44" s="17"/>
-[...3 lines deleted...]
-      <c r="E44" s="11"/>
+      <c r="A44" s="15"/>
+      <c r="B44" s="12"/>
+      <c r="C44" s="12"/>
+      <c r="D44" s="18"/>
+      <c r="E44" s="12"/>
       <c r="F44" s="4" t="s">
-        <v>294</v>
+        <v>293</v>
       </c>
       <c r="G44" s="4" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="H44" s="5"/>
       <c r="I44" s="7" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="45" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A45" s="18"/>
-[...3 lines deleted...]
-      <c r="E45" s="12"/>
+      <c r="A45" s="16"/>
+      <c r="B45" s="13"/>
+      <c r="C45" s="13"/>
+      <c r="D45" s="19"/>
+      <c r="E45" s="13"/>
       <c r="F45" s="4" t="s">
-        <v>295</v>
+        <v>294</v>
       </c>
       <c r="G45" s="4" t="s">
-        <v>297</v>
+        <v>296</v>
       </c>
       <c r="H45" s="5"/>
       <c r="I45" s="7" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="46" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A46" s="10" t="s">
+      <c r="A46" s="11" t="s">
+        <v>67</v>
+      </c>
+      <c r="B46" s="11" t="s">
         <v>68</v>
       </c>
-      <c r="B46" s="10" t="s">
+      <c r="C46" s="20" t="s">
         <v>69</v>
       </c>
-      <c r="C46" s="13" t="s">
-[...5 lines deleted...]
-      <c r="E46" s="10" t="s">
+      <c r="D46" s="11" t="s">
+        <v>62</v>
+      </c>
+      <c r="E46" s="11" t="s">
         <v>10</v>
       </c>
       <c r="F46" s="4" t="s">
+        <v>71</v>
+      </c>
+      <c r="G46" s="4" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
       <c r="H46" s="5"/>
       <c r="I46" s="5" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
     </row>
     <row r="47" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A47" s="11"/>
-[...3 lines deleted...]
-      <c r="E47" s="11"/>
+      <c r="A47" s="12"/>
+      <c r="B47" s="12"/>
+      <c r="C47" s="21"/>
+      <c r="D47" s="12"/>
+      <c r="E47" s="12"/>
       <c r="F47" s="4" t="s">
+        <v>281</v>
+      </c>
+      <c r="G47" s="4" t="s">
         <v>282</v>
-      </c>
-[...1 lines deleted...]
-        <v>283</v>
       </c>
       <c r="H47" s="5"/>
       <c r="I47" s="5" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
     </row>
     <row r="48" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A48" s="11"/>
-[...3 lines deleted...]
-      <c r="E48" s="11"/>
+      <c r="A48" s="12"/>
+      <c r="B48" s="12"/>
+      <c r="C48" s="21"/>
+      <c r="D48" s="12"/>
+      <c r="E48" s="12"/>
       <c r="F48" s="4" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="G48" s="4" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="H48" s="5"/>
       <c r="I48" s="5" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
     </row>
     <row r="49" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A49" s="11"/>
-[...3 lines deleted...]
-      <c r="E49" s="11"/>
+      <c r="A49" s="12"/>
+      <c r="B49" s="12"/>
+      <c r="C49" s="21"/>
+      <c r="D49" s="12"/>
+      <c r="E49" s="12"/>
       <c r="F49" s="4" t="s">
+        <v>73</v>
+      </c>
+      <c r="G49" s="4" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
       <c r="H49" s="5"/>
       <c r="I49" s="5" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
     </row>
     <row r="50" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A50" s="11"/>
-[...3 lines deleted...]
-      <c r="E50" s="11"/>
+      <c r="A50" s="12"/>
+      <c r="B50" s="12"/>
+      <c r="C50" s="21"/>
+      <c r="D50" s="12"/>
+      <c r="E50" s="12"/>
       <c r="F50" s="4" t="s">
+        <v>75</v>
+      </c>
+      <c r="G50" s="4" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
       <c r="H50" s="5"/>
       <c r="I50" s="5" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
     </row>
     <row r="51" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A51" s="11"/>
-[...3 lines deleted...]
-      <c r="E51" s="11"/>
+      <c r="A51" s="12"/>
+      <c r="B51" s="12"/>
+      <c r="C51" s="21"/>
+      <c r="D51" s="12"/>
+      <c r="E51" s="12"/>
       <c r="F51" s="4" t="s">
+        <v>77</v>
+      </c>
+      <c r="G51" s="4" t="s">
         <v>78</v>
-      </c>
-[...1 lines deleted...]
-        <v>79</v>
       </c>
       <c r="H51" s="5"/>
       <c r="I51" s="5" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
     </row>
     <row r="52" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A52" s="11"/>
-[...3 lines deleted...]
-      <c r="E52" s="11"/>
+      <c r="A52" s="12"/>
+      <c r="B52" s="12"/>
+      <c r="C52" s="21"/>
+      <c r="D52" s="12"/>
+      <c r="E52" s="12"/>
       <c r="F52" s="4" t="s">
+        <v>79</v>
+      </c>
+      <c r="G52" s="4" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
       <c r="H52" s="5"/>
       <c r="I52" s="5" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
     </row>
     <row r="53" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A53" s="11"/>
-[...3 lines deleted...]
-      <c r="E53" s="11"/>
+      <c r="A53" s="12"/>
+      <c r="B53" s="12"/>
+      <c r="C53" s="21"/>
+      <c r="D53" s="12"/>
+      <c r="E53" s="12"/>
       <c r="F53" s="4" t="s">
+        <v>81</v>
+      </c>
+      <c r="G53" s="4" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
       <c r="H53" s="5"/>
       <c r="I53" s="5" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
     </row>
     <row r="54" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A54" s="11"/>
-[...3 lines deleted...]
-      <c r="E54" s="11"/>
+      <c r="A54" s="12"/>
+      <c r="B54" s="12"/>
+      <c r="C54" s="21"/>
+      <c r="D54" s="12"/>
+      <c r="E54" s="12"/>
       <c r="F54" s="4" t="s">
+        <v>83</v>
+      </c>
+      <c r="G54" s="4" t="s">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
       <c r="H54" s="5"/>
       <c r="I54" s="5" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
     </row>
     <row r="55" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A55" s="11"/>
-[...3 lines deleted...]
-      <c r="E55" s="11"/>
+      <c r="A55" s="12"/>
+      <c r="B55" s="12"/>
+      <c r="C55" s="21"/>
+      <c r="D55" s="12"/>
+      <c r="E55" s="12"/>
       <c r="F55" s="4" t="s">
+        <v>85</v>
+      </c>
+      <c r="G55" s="4" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
       <c r="H55" s="5"/>
       <c r="I55" s="5" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
     </row>
     <row r="56" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A56" s="11"/>
-[...3 lines deleted...]
-      <c r="E56" s="11"/>
+      <c r="A56" s="12"/>
+      <c r="B56" s="12"/>
+      <c r="C56" s="21"/>
+      <c r="D56" s="12"/>
+      <c r="E56" s="12"/>
       <c r="F56" s="4" t="s">
+        <v>87</v>
+      </c>
+      <c r="G56" s="4" t="s">
         <v>88</v>
-      </c>
-[...1 lines deleted...]
-        <v>89</v>
       </c>
       <c r="H56" s="5"/>
       <c r="I56" s="5" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
     </row>
     <row r="57" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A57" s="11"/>
-[...3 lines deleted...]
-      <c r="E57" s="11"/>
+      <c r="A57" s="12"/>
+      <c r="B57" s="12"/>
+      <c r="C57" s="21"/>
+      <c r="D57" s="12"/>
+      <c r="E57" s="12"/>
       <c r="F57" s="4" t="s">
+        <v>303</v>
+      </c>
+      <c r="G57" s="4" t="s">
         <v>304</v>
-      </c>
-[...1 lines deleted...]
-        <v>305</v>
       </c>
       <c r="H57" s="5"/>
       <c r="I57" s="7" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="58" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A58" s="11"/>
-[...3 lines deleted...]
-      <c r="E58" s="11"/>
+      <c r="A58" s="12"/>
+      <c r="B58" s="12"/>
+      <c r="C58" s="21"/>
+      <c r="D58" s="12"/>
+      <c r="E58" s="12"/>
       <c r="F58" s="4" t="s">
+        <v>89</v>
+      </c>
+      <c r="G58" s="4" t="s">
         <v>90</v>
-      </c>
-[...1 lines deleted...]
-        <v>91</v>
       </c>
       <c r="H58" s="5"/>
       <c r="I58" s="5" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
     </row>
     <row r="59" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A59" s="11"/>
-[...3 lines deleted...]
-      <c r="E59" s="11"/>
+      <c r="A59" s="12"/>
+      <c r="B59" s="12"/>
+      <c r="C59" s="21"/>
+      <c r="D59" s="12"/>
+      <c r="E59" s="12"/>
       <c r="F59" s="4" t="s">
+        <v>91</v>
+      </c>
+      <c r="G59" s="4" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
       <c r="H59" s="5"/>
       <c r="I59" s="5" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
     </row>
     <row r="60" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A60" s="11"/>
-[...3 lines deleted...]
-      <c r="E60" s="11"/>
+      <c r="A60" s="12"/>
+      <c r="B60" s="12"/>
+      <c r="C60" s="21"/>
+      <c r="D60" s="12"/>
+      <c r="E60" s="12"/>
       <c r="F60" s="4" t="s">
+        <v>93</v>
+      </c>
+      <c r="G60" s="4" t="s">
         <v>94</v>
-      </c>
-[...1 lines deleted...]
-        <v>95</v>
       </c>
       <c r="H60" s="5"/>
       <c r="I60" s="5" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
     </row>
     <row r="61" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A61" s="11"/>
-[...3 lines deleted...]
-      <c r="E61" s="11"/>
+      <c r="A61" s="12"/>
+      <c r="B61" s="12"/>
+      <c r="C61" s="21"/>
+      <c r="D61" s="12"/>
+      <c r="E61" s="12"/>
       <c r="F61" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="G61" s="4" t="s">
         <v>96</v>
-      </c>
-[...1 lines deleted...]
-        <v>97</v>
       </c>
       <c r="H61" s="5"/>
       <c r="I61" s="5" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
     </row>
     <row r="62" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A62" s="11"/>
-[...3 lines deleted...]
-      <c r="E62" s="11"/>
+      <c r="A62" s="12"/>
+      <c r="B62" s="12"/>
+      <c r="C62" s="21"/>
+      <c r="D62" s="12"/>
+      <c r="E62" s="12"/>
       <c r="F62" s="4" t="s">
+        <v>97</v>
+      </c>
+      <c r="G62" s="4" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>99</v>
       </c>
       <c r="H62" s="5"/>
       <c r="I62" s="5" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
     </row>
     <row r="63" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A63" s="11"/>
-[...3 lines deleted...]
-      <c r="E63" s="11"/>
+      <c r="A63" s="12"/>
+      <c r="B63" s="12"/>
+      <c r="C63" s="21"/>
+      <c r="D63" s="12"/>
+      <c r="E63" s="12"/>
       <c r="F63" s="4" t="s">
+        <v>99</v>
+      </c>
+      <c r="G63" s="4" t="s">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>101</v>
       </c>
       <c r="H63" s="5"/>
       <c r="I63" s="5" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
     </row>
     <row r="64" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A64" s="11"/>
-[...3 lines deleted...]
-      <c r="E64" s="11"/>
+      <c r="A64" s="12"/>
+      <c r="B64" s="12"/>
+      <c r="C64" s="21"/>
+      <c r="D64" s="12"/>
+      <c r="E64" s="12"/>
       <c r="F64" s="4" t="s">
+        <v>101</v>
+      </c>
+      <c r="G64" s="4" t="s">
         <v>102</v>
-      </c>
-[...1 lines deleted...]
-        <v>103</v>
       </c>
       <c r="H64" s="5"/>
       <c r="I64" s="5" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
     </row>
     <row r="65" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A65" s="11"/>
-[...3 lines deleted...]
-      <c r="E65" s="11"/>
+      <c r="A65" s="12"/>
+      <c r="B65" s="12"/>
+      <c r="C65" s="21"/>
+      <c r="D65" s="12"/>
+      <c r="E65" s="12"/>
       <c r="F65" s="4" t="s">
+        <v>103</v>
+      </c>
+      <c r="G65" s="4" t="s">
         <v>104</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
       <c r="H65" s="5"/>
       <c r="I65" s="5" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
     </row>
     <row r="66" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A66" s="11"/>
-[...3 lines deleted...]
-      <c r="E66" s="11"/>
+      <c r="A66" s="12"/>
+      <c r="B66" s="12"/>
+      <c r="C66" s="21"/>
+      <c r="D66" s="12"/>
+      <c r="E66" s="12"/>
       <c r="F66" s="4" t="s">
+        <v>105</v>
+      </c>
+      <c r="G66" s="4" t="s">
         <v>106</v>
-      </c>
-[...1 lines deleted...]
-        <v>107</v>
       </c>
       <c r="H66" s="5"/>
       <c r="I66" s="5" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
     </row>
     <row r="67" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A67" s="12"/>
-[...3 lines deleted...]
-      <c r="E67" s="12"/>
+      <c r="A67" s="13"/>
+      <c r="B67" s="13"/>
+      <c r="C67" s="22"/>
+      <c r="D67" s="13"/>
+      <c r="E67" s="13"/>
       <c r="F67" s="4" t="s">
+        <v>107</v>
+      </c>
+      <c r="G67" s="4" t="s">
         <v>108</v>
-      </c>
-[...1 lines deleted...]
-        <v>109</v>
       </c>
       <c r="H67" s="5"/>
       <c r="I67" s="5" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
     </row>
     <row r="68" spans="1:9" s="6" customFormat="1" ht="75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A68" s="4" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="B68" s="4" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="C68" s="4">
         <v>18</v>
       </c>
       <c r="D68" s="4" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="E68" s="5" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="F68" s="4"/>
       <c r="G68" s="4"/>
       <c r="H68" s="5" t="s">
+        <v>112</v>
+      </c>
+      <c r="I68" s="5" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="69" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A69" s="11" t="s">
         <v>113</v>
       </c>
-      <c r="I68" s="5" t="s">
-[...4 lines deleted...]
-      <c r="A69" s="10" t="s">
+      <c r="B69" s="11" t="s">
         <v>114</v>
       </c>
-      <c r="B69" s="10" t="s">
+      <c r="C69" s="11">
+        <v>3</v>
+      </c>
+      <c r="D69" s="11" t="s">
+        <v>62</v>
+      </c>
+      <c r="E69" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="F69" s="4" t="s">
         <v>115</v>
       </c>
-      <c r="C69" s="10">
-[...8 lines deleted...]
-      <c r="F69" s="4" t="s">
+      <c r="G69" s="4" t="s">
         <v>116</v>
       </c>
-      <c r="G69" s="4" t="s">
+      <c r="H69" s="5" t="s">
+        <v>145</v>
+      </c>
+      <c r="I69" s="5" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="70" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A70" s="12"/>
+      <c r="B70" s="12"/>
+      <c r="C70" s="12"/>
+      <c r="D70" s="12"/>
+      <c r="E70" s="12"/>
+      <c r="F70" s="4" t="s">
         <v>117</v>
       </c>
-      <c r="H69" s="5" t="s">
-[...12 lines deleted...]
-      <c r="F70" s="4" t="s">
+      <c r="G70" s="4" t="s">
         <v>118</v>
-      </c>
-[...1 lines deleted...]
-        <v>119</v>
       </c>
       <c r="H70" s="5"/>
       <c r="I70" s="5" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
     </row>
     <row r="71" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A71" s="11"/>
-[...3 lines deleted...]
-      <c r="E71" s="11"/>
+      <c r="A71" s="12"/>
+      <c r="B71" s="12"/>
+      <c r="C71" s="12"/>
+      <c r="D71" s="12"/>
+      <c r="E71" s="12"/>
       <c r="F71" s="4" t="s">
+        <v>119</v>
+      </c>
+      <c r="G71" s="4" t="s">
         <v>120</v>
-      </c>
-[...1 lines deleted...]
-        <v>121</v>
       </c>
       <c r="H71" s="5"/>
       <c r="I71" s="5" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
     </row>
     <row r="72" spans="1:9" s="6" customFormat="1" ht="30" x14ac:dyDescent="0.25">
-      <c r="A72" s="11"/>
-[...3 lines deleted...]
-      <c r="E72" s="11"/>
+      <c r="A72" s="12"/>
+      <c r="B72" s="12"/>
+      <c r="C72" s="12"/>
+      <c r="D72" s="12"/>
+      <c r="E72" s="12"/>
       <c r="F72" s="4" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="G72" s="4" t="s">
+        <v>121</v>
+      </c>
+      <c r="H72" s="5" t="s">
+        <v>147</v>
+      </c>
+      <c r="I72" s="5" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="73" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A73" s="12"/>
+      <c r="B73" s="12"/>
+      <c r="C73" s="12"/>
+      <c r="D73" s="12"/>
+      <c r="E73" s="12"/>
+      <c r="F73" s="4" t="s">
         <v>122</v>
       </c>
-      <c r="H72" s="5" t="s">
-[...12 lines deleted...]
-      <c r="F73" s="4" t="s">
+      <c r="G73" s="4" t="s">
+        <v>130</v>
+      </c>
+      <c r="H73" s="5" t="s">
+        <v>146</v>
+      </c>
+      <c r="I73" s="5" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="74" spans="1:9" s="6" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A74" s="12"/>
+      <c r="B74" s="12"/>
+      <c r="C74" s="12"/>
+      <c r="D74" s="12"/>
+      <c r="E74" s="12"/>
+      <c r="F74" s="4" t="s">
         <v>123</v>
       </c>
-      <c r="G73" s="4" t="s">
-[...15 lines deleted...]
-      <c r="F74" s="4" t="s">
+      <c r="G74" s="4" t="s">
         <v>124</v>
       </c>
-      <c r="G74" s="4" t="s">
+      <c r="H74" s="5" t="s">
+        <v>127</v>
+      </c>
+      <c r="I74" s="5" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="75" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A75" s="13"/>
+      <c r="B75" s="13"/>
+      <c r="C75" s="13"/>
+      <c r="D75" s="13"/>
+      <c r="E75" s="13"/>
+      <c r="F75" s="4" t="s">
         <v>125</v>
       </c>
-      <c r="H74" s="5" t="s">
-[...12 lines deleted...]
-      <c r="F75" s="4" t="s">
+      <c r="G75" s="4" t="s">
         <v>126</v>
-      </c>
-[...1 lines deleted...]
-        <v>127</v>
       </c>
       <c r="H75" s="5"/>
       <c r="I75" s="5" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="15">
+    <mergeCell ref="A46:A67"/>
+    <mergeCell ref="B46:B67"/>
+    <mergeCell ref="C46:C67"/>
+    <mergeCell ref="D46:D67"/>
+    <mergeCell ref="E46:E67"/>
+    <mergeCell ref="A10:A45"/>
+    <mergeCell ref="B10:B45"/>
+    <mergeCell ref="C10:C45"/>
+    <mergeCell ref="D10:D45"/>
+    <mergeCell ref="E10:E45"/>
     <mergeCell ref="E69:E75"/>
     <mergeCell ref="D69:D75"/>
     <mergeCell ref="C69:C75"/>
     <mergeCell ref="B69:B75"/>
     <mergeCell ref="A69:A75"/>
-    <mergeCell ref="A10:A45"/>
-[...8 lines deleted...]
-    <mergeCell ref="E46:E67"/>
   </mergeCells>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.19685039370078741" right="0.19685039370078741" top="0.59055118110236227" bottom="0.39370078740157483" header="0.19685039370078741" footer="0.19685039370078741"/>
   <pageSetup paperSize="9" scale="36" orientation="landscape" verticalDpi="0" r:id="rId1"/>
   <drawing r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{ACBBA0E5-0EC4-446B-A183-9A1A5745C813}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:I75"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <pane ySplit="8" topLeftCell="A9" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A9" sqref="A9"/>
-      <selection pane="bottomLeft" activeCell="A9" sqref="A9"/>
+      <selection pane="bottomLeft" activeCell="I24" sqref="I24"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="2" width="25.7109375" style="1" customWidth="1"/>
     <col min="3" max="3" width="10.7109375" style="1" customWidth="1"/>
     <col min="4" max="4" width="25.7109375" style="1" customWidth="1"/>
     <col min="5" max="5" width="35.7109375" style="1" customWidth="1"/>
     <col min="6" max="6" width="8.85546875" style="1" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="75.7109375" style="1" customWidth="1"/>
     <col min="8" max="8" width="65.7109375" style="1" customWidth="1"/>
     <col min="9" max="9" width="20.7109375" style="2" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
-        <v>292</v>
+        <v>291</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="1" t="s">
-        <v>308</v>
+        <v>321</v>
       </c>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="1" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="1" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="1" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
     </row>
     <row r="8" spans="1:9" s="6" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="A8" s="8" t="s">
+        <v>149</v>
+      </c>
+      <c r="B8" s="9" t="s">
         <v>150</v>
       </c>
-      <c r="B8" s="9" t="s">
+      <c r="C8" s="8" t="s">
         <v>151</v>
       </c>
-      <c r="C8" s="8" t="s">
+      <c r="D8" s="9" t="s">
         <v>152</v>
       </c>
-      <c r="D8" s="9" t="s">
+      <c r="E8" s="9" t="s">
         <v>153</v>
       </c>
-      <c r="E8" s="9" t="s">
+      <c r="F8" s="9" t="s">
         <v>154</v>
       </c>
-      <c r="F8" s="9" t="s">
+      <c r="G8" s="9" t="s">
         <v>155</v>
       </c>
-      <c r="G8" s="9" t="s">
+      <c r="H8" s="9" t="s">
+        <v>263</v>
+      </c>
+      <c r="I8" s="8" t="s">
         <v>156</v>
-      </c>
-[...4 lines deleted...]
-        <v>157</v>
       </c>
     </row>
     <row r="9" spans="1:9" s="6" customFormat="1" ht="60" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="4" t="s">
         <v>2</v>
       </c>
       <c r="B9" s="5" t="s">
-        <v>251</v>
+        <v>250</v>
       </c>
       <c r="C9" s="4">
         <v>7</v>
       </c>
       <c r="D9" s="4" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="E9" s="5" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="F9" s="4"/>
       <c r="G9" s="4"/>
       <c r="H9" s="5"/>
       <c r="I9" s="5" t="s">
-        <v>267</v>
+        <v>266</v>
       </c>
     </row>
     <row r="10" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A10" s="16" t="s">
-[...5 lines deleted...]
-      <c r="C10" s="10">
+      <c r="A10" s="14" t="s">
+        <v>195</v>
+      </c>
+      <c r="B10" s="17" t="s">
+        <v>201</v>
+      </c>
+      <c r="C10" s="11">
         <v>4</v>
       </c>
-      <c r="D10" s="19" t="s">
-[...5 lines deleted...]
-      <c r="F10" s="22" t="s">
+      <c r="D10" s="17" t="s">
+        <v>194</v>
+      </c>
+      <c r="E10" s="11" t="s">
+        <v>265</v>
+      </c>
+      <c r="F10" s="10" t="s">
         <v>11</v>
       </c>
-      <c r="G10" s="22" t="s">
-        <v>60</v>
+      <c r="G10" s="10" t="s">
+        <v>59</v>
       </c>
       <c r="H10" s="5"/>
       <c r="I10" s="7" t="s">
-        <v>314</v>
+        <v>310</v>
       </c>
     </row>
     <row r="11" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A11" s="17"/>
-[...4 lines deleted...]
-      <c r="F11" s="22" t="s">
+      <c r="A11" s="15"/>
+      <c r="B11" s="18"/>
+      <c r="C11" s="12"/>
+      <c r="D11" s="18"/>
+      <c r="E11" s="12"/>
+      <c r="F11" s="10" t="s">
         <v>12</v>
       </c>
-      <c r="G11" s="22" t="s">
+      <c r="G11" s="10" t="s">
         <v>13</v>
       </c>
       <c r="H11" s="5"/>
       <c r="I11" s="7" t="s">
-        <v>314</v>
+        <v>310</v>
       </c>
     </row>
     <row r="12" spans="1:9" s="6" customFormat="1" ht="45" x14ac:dyDescent="0.25">
-      <c r="A12" s="17"/>
-[...3 lines deleted...]
-      <c r="E12" s="11"/>
+      <c r="A12" s="15"/>
+      <c r="B12" s="18"/>
+      <c r="C12" s="12"/>
+      <c r="D12" s="18"/>
+      <c r="E12" s="12"/>
       <c r="F12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G12" s="4" t="s">
         <v>15</v>
       </c>
       <c r="H12" s="5" t="s">
+        <v>162</v>
+      </c>
+      <c r="I12" s="5" t="s">
         <v>163</v>
       </c>
-      <c r="I12" s="5" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="13" spans="1:9" s="6" customFormat="1" ht="45" x14ac:dyDescent="0.25">
-      <c r="A13" s="17"/>
-[...3 lines deleted...]
-      <c r="E13" s="11"/>
+      <c r="A13" s="15"/>
+      <c r="B13" s="18"/>
+      <c r="C13" s="12"/>
+      <c r="D13" s="18"/>
+      <c r="E13" s="12"/>
       <c r="F13" s="4" t="s">
         <v>16</v>
       </c>
       <c r="G13" s="4" t="s">
         <v>17</v>
       </c>
       <c r="H13" s="5" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="I13" s="5" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
     </row>
     <row r="14" spans="1:9" s="6" customFormat="1" ht="45" x14ac:dyDescent="0.25">
-      <c r="A14" s="17"/>
-[...3 lines deleted...]
-      <c r="E14" s="11"/>
+      <c r="A14" s="15"/>
+      <c r="B14" s="18"/>
+      <c r="C14" s="12"/>
+      <c r="D14" s="18"/>
+      <c r="E14" s="12"/>
       <c r="F14" s="4" t="s">
         <v>18</v>
       </c>
       <c r="G14" s="4" t="s">
         <v>19</v>
       </c>
       <c r="H14" s="5" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="I14" s="5" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
     </row>
     <row r="15" spans="1:9" s="6" customFormat="1" ht="45" x14ac:dyDescent="0.25">
-      <c r="A15" s="17"/>
-[...3 lines deleted...]
-      <c r="E15" s="11"/>
+      <c r="A15" s="15"/>
+      <c r="B15" s="18"/>
+      <c r="C15" s="12"/>
+      <c r="D15" s="18"/>
+      <c r="E15" s="12"/>
       <c r="F15" s="4" t="s">
         <v>20</v>
       </c>
       <c r="G15" s="4" t="s">
         <v>21</v>
       </c>
       <c r="H15" s="5" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="I15" s="5" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
     </row>
     <row r="16" spans="1:9" s="6" customFormat="1" ht="45" x14ac:dyDescent="0.25">
-      <c r="A16" s="17"/>
-[...3 lines deleted...]
-      <c r="E16" s="11"/>
+      <c r="A16" s="15"/>
+      <c r="B16" s="18"/>
+      <c r="C16" s="12"/>
+      <c r="D16" s="18"/>
+      <c r="E16" s="12"/>
       <c r="F16" s="4" t="s">
         <v>22</v>
       </c>
       <c r="G16" s="4" t="s">
         <v>23</v>
       </c>
       <c r="H16" s="5" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="I16" s="5" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
     </row>
     <row r="17" spans="1:9" s="6" customFormat="1" ht="45" x14ac:dyDescent="0.25">
-      <c r="A17" s="17"/>
-[...3 lines deleted...]
-      <c r="E17" s="11"/>
+      <c r="A17" s="15"/>
+      <c r="B17" s="18"/>
+      <c r="C17" s="12"/>
+      <c r="D17" s="18"/>
+      <c r="E17" s="12"/>
       <c r="F17" s="4" t="s">
         <v>24</v>
       </c>
       <c r="G17" s="4" t="s">
         <v>25</v>
       </c>
       <c r="H17" s="5" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="I17" s="5" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
     </row>
     <row r="18" spans="1:9" s="6" customFormat="1" ht="45" x14ac:dyDescent="0.25">
-      <c r="A18" s="17"/>
-[...3 lines deleted...]
-      <c r="E18" s="11"/>
+      <c r="A18" s="15"/>
+      <c r="B18" s="18"/>
+      <c r="C18" s="12"/>
+      <c r="D18" s="18"/>
+      <c r="E18" s="12"/>
       <c r="F18" s="4" t="s">
         <v>26</v>
       </c>
       <c r="G18" s="4" t="s">
         <v>27</v>
       </c>
       <c r="H18" s="5" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="I18" s="5" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
     </row>
     <row r="19" spans="1:9" s="6" customFormat="1" ht="45" x14ac:dyDescent="0.25">
-      <c r="A19" s="17"/>
-[...3 lines deleted...]
-      <c r="E19" s="11"/>
+      <c r="A19" s="15"/>
+      <c r="B19" s="18"/>
+      <c r="C19" s="12"/>
+      <c r="D19" s="18"/>
+      <c r="E19" s="12"/>
       <c r="F19" s="4" t="s">
         <v>28</v>
       </c>
       <c r="G19" s="4" t="s">
         <v>29</v>
       </c>
       <c r="H19" s="5" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="I19" s="5" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
     </row>
     <row r="20" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A20" s="17"/>
-[...3 lines deleted...]
-      <c r="E20" s="11"/>
+      <c r="A20" s="15"/>
+      <c r="B20" s="18"/>
+      <c r="C20" s="12"/>
+      <c r="D20" s="18"/>
+      <c r="E20" s="12"/>
       <c r="F20" s="4" t="s">
         <v>30</v>
       </c>
       <c r="G20" s="4" t="s">
         <v>31</v>
       </c>
       <c r="H20" s="5"/>
       <c r="I20" s="5" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
     </row>
     <row r="21" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A21" s="17"/>
-[...3 lines deleted...]
-      <c r="E21" s="11"/>
+      <c r="A21" s="15"/>
+      <c r="B21" s="18"/>
+      <c r="C21" s="12"/>
+      <c r="D21" s="18"/>
+      <c r="E21" s="12"/>
       <c r="F21" s="4" t="s">
         <v>32</v>
       </c>
       <c r="G21" s="4" t="s">
         <v>33</v>
       </c>
       <c r="H21" s="5"/>
       <c r="I21" s="5" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
     </row>
     <row r="22" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A22" s="17"/>
-[...3 lines deleted...]
-      <c r="E22" s="11"/>
+      <c r="A22" s="15"/>
+      <c r="B22" s="18"/>
+      <c r="C22" s="12"/>
+      <c r="D22" s="18"/>
+      <c r="E22" s="12"/>
       <c r="F22" s="4" t="s">
         <v>34</v>
       </c>
       <c r="G22" s="4" t="s">
         <v>35</v>
       </c>
       <c r="H22" s="5"/>
       <c r="I22" s="5" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
     </row>
     <row r="23" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A23" s="17"/>
-[...3 lines deleted...]
-      <c r="E23" s="11"/>
+      <c r="A23" s="15"/>
+      <c r="B23" s="18"/>
+      <c r="C23" s="12"/>
+      <c r="D23" s="18"/>
+      <c r="E23" s="12"/>
       <c r="F23" s="4" t="s">
         <v>36</v>
       </c>
       <c r="G23" s="4" t="s">
         <v>37</v>
       </c>
       <c r="H23" s="5"/>
       <c r="I23" s="5" t="s">
-        <v>164</v>
-[...7 lines deleted...]
-      <c r="E24" s="11"/>
+        <v>163</v>
+      </c>
+    </row>
+    <row r="24" spans="1:9" s="6" customFormat="1" ht="62.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="15"/>
+      <c r="B24" s="18"/>
+      <c r="C24" s="12"/>
+      <c r="D24" s="18"/>
+      <c r="E24" s="12"/>
       <c r="F24" s="4" t="s">
         <v>38</v>
       </c>
       <c r="G24" s="4" t="s">
+        <v>313</v>
+      </c>
+      <c r="H24" s="5" t="s">
+        <v>315</v>
+      </c>
+      <c r="I24" s="7" t="s">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="25" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="15"/>
+      <c r="B25" s="18"/>
+      <c r="C25" s="12"/>
+      <c r="D25" s="18"/>
+      <c r="E25" s="12"/>
+      <c r="F25" s="4" t="s">
         <v>39</v>
       </c>
-      <c r="H24" s="5"/>
-[...10 lines deleted...]
-      <c r="F25" s="4" t="s">
+      <c r="G25" s="4" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
       <c r="H25" s="5"/>
       <c r="I25" s="5" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
     </row>
     <row r="26" spans="1:9" s="6" customFormat="1" ht="45" x14ac:dyDescent="0.25">
-      <c r="A26" s="17"/>
-[...3 lines deleted...]
-      <c r="E26" s="11"/>
+      <c r="A26" s="15"/>
+      <c r="B26" s="18"/>
+      <c r="C26" s="12"/>
+      <c r="D26" s="18"/>
+      <c r="E26" s="12"/>
       <c r="F26" s="4" t="s">
+        <v>41</v>
+      </c>
+      <c r="G26" s="4" t="s">
         <v>42</v>
       </c>
-      <c r="G26" s="4" t="s">
+      <c r="H26" s="5" t="s">
+        <v>165</v>
+      </c>
+      <c r="I26" s="5" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="27" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="15"/>
+      <c r="B27" s="18"/>
+      <c r="C27" s="12"/>
+      <c r="D27" s="18"/>
+      <c r="E27" s="12"/>
+      <c r="F27" s="4" t="s">
         <v>43</v>
       </c>
-      <c r="H26" s="5" t="s">
-[...12 lines deleted...]
-      <c r="F27" s="4" t="s">
+      <c r="G27" s="4" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
       <c r="H27" s="5"/>
       <c r="I27" s="5" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
     </row>
     <row r="28" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A28" s="17"/>
-[...3 lines deleted...]
-      <c r="E28" s="11"/>
+      <c r="A28" s="15"/>
+      <c r="B28" s="18"/>
+      <c r="C28" s="12"/>
+      <c r="D28" s="18"/>
+      <c r="E28" s="12"/>
       <c r="F28" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="G28" s="4" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
       <c r="H28" s="5"/>
       <c r="I28" s="5" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
     </row>
     <row r="29" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A29" s="17"/>
-[...3 lines deleted...]
-      <c r="E29" s="11"/>
+      <c r="A29" s="15"/>
+      <c r="B29" s="18"/>
+      <c r="C29" s="12"/>
+      <c r="D29" s="18"/>
+      <c r="E29" s="12"/>
       <c r="F29" s="4" t="s">
-        <v>286</v>
+        <v>285</v>
       </c>
       <c r="G29" s="4" t="s">
-        <v>289</v>
+        <v>288</v>
       </c>
       <c r="H29" s="5"/>
       <c r="I29" s="5" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
     </row>
     <row r="30" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A30" s="17"/>
-[...3 lines deleted...]
-      <c r="E30" s="11"/>
+      <c r="A30" s="15"/>
+      <c r="B30" s="18"/>
+      <c r="C30" s="12"/>
+      <c r="D30" s="18"/>
+      <c r="E30" s="12"/>
       <c r="F30" s="4" t="s">
+        <v>286</v>
+      </c>
+      <c r="G30" s="4" t="s">
         <v>287</v>
       </c>
-      <c r="G30" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H30" s="5" t="s">
-        <v>290</v>
+        <v>289</v>
       </c>
       <c r="I30" s="5" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
     </row>
     <row r="31" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A31" s="17"/>
-[...3 lines deleted...]
-      <c r="E31" s="11"/>
+      <c r="A31" s="15"/>
+      <c r="B31" s="18"/>
+      <c r="C31" s="12"/>
+      <c r="D31" s="18"/>
+      <c r="E31" s="12"/>
       <c r="F31" s="4" t="s">
+        <v>297</v>
+      </c>
+      <c r="G31" s="4" t="s">
         <v>298</v>
-      </c>
-[...1 lines deleted...]
-        <v>299</v>
       </c>
       <c r="H31" s="5"/>
       <c r="I31" s="7" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
     </row>
     <row r="32" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A32" s="17"/>
-[...3 lines deleted...]
-      <c r="E32" s="11"/>
+      <c r="A32" s="15"/>
+      <c r="B32" s="18"/>
+      <c r="C32" s="12"/>
+      <c r="D32" s="18"/>
+      <c r="E32" s="12"/>
       <c r="F32" s="4" t="s">
-        <v>312</v>
+        <v>308</v>
       </c>
       <c r="G32" s="4" t="s">
-        <v>313</v>
+        <v>309</v>
       </c>
       <c r="H32" s="5"/>
       <c r="I32" s="7" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
     </row>
     <row r="33" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A33" s="17"/>
-[...3 lines deleted...]
-      <c r="E33" s="11"/>
+      <c r="A33" s="15"/>
+      <c r="B33" s="18"/>
+      <c r="C33" s="12"/>
+      <c r="D33" s="18"/>
+      <c r="E33" s="12"/>
       <c r="F33" s="4" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="G33" s="4" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="H33" s="5"/>
       <c r="I33" s="5" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
     </row>
     <row r="34" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A34" s="17"/>
-[...3 lines deleted...]
-      <c r="E34" s="11"/>
+      <c r="A34" s="15"/>
+      <c r="B34" s="18"/>
+      <c r="C34" s="12"/>
+      <c r="D34" s="18"/>
+      <c r="E34" s="12"/>
       <c r="F34" s="4" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="G34" s="4" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="H34" s="5"/>
       <c r="I34" s="5" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
     </row>
     <row r="35" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A35" s="17"/>
-[...3 lines deleted...]
-      <c r="E35" s="11"/>
+      <c r="A35" s="15"/>
+      <c r="B35" s="18"/>
+      <c r="C35" s="12"/>
+      <c r="D35" s="18"/>
+      <c r="E35" s="12"/>
       <c r="F35" s="4" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="G35" s="4" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="H35" s="5"/>
       <c r="I35" s="5" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
     </row>
     <row r="36" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A36" s="17"/>
-[...3 lines deleted...]
-      <c r="E36" s="11"/>
+      <c r="A36" s="15"/>
+      <c r="B36" s="18"/>
+      <c r="C36" s="12"/>
+      <c r="D36" s="18"/>
+      <c r="E36" s="12"/>
       <c r="F36" s="4" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="G36" s="4" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="H36" s="5"/>
       <c r="I36" s="5" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
     </row>
     <row r="37" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A37" s="17"/>
-[...3 lines deleted...]
-      <c r="E37" s="11"/>
+      <c r="A37" s="15"/>
+      <c r="B37" s="18"/>
+      <c r="C37" s="12"/>
+      <c r="D37" s="18"/>
+      <c r="E37" s="12"/>
       <c r="F37" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="G37" s="4" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
       <c r="H37" s="5"/>
       <c r="I37" s="5" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
     </row>
     <row r="38" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A38" s="17"/>
-[...3 lines deleted...]
-      <c r="E38" s="11"/>
+      <c r="A38" s="15"/>
+      <c r="B38" s="18"/>
+      <c r="C38" s="12"/>
+      <c r="D38" s="18"/>
+      <c r="E38" s="12"/>
       <c r="F38" s="4" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="G38" s="4" t="s">
-        <v>193</v>
+        <v>192</v>
       </c>
       <c r="H38" s="5"/>
       <c r="I38" s="5" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
     </row>
     <row r="39" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A39" s="17"/>
-[...3 lines deleted...]
-      <c r="E39" s="11"/>
+      <c r="A39" s="15"/>
+      <c r="B39" s="18"/>
+      <c r="C39" s="12"/>
+      <c r="D39" s="18"/>
+      <c r="E39" s="12"/>
       <c r="F39" s="4" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="G39" s="4" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="H39" s="5"/>
       <c r="I39" s="5" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
     </row>
     <row r="40" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A40" s="17"/>
-[...3 lines deleted...]
-      <c r="E40" s="11"/>
+      <c r="A40" s="15"/>
+      <c r="B40" s="18"/>
+      <c r="C40" s="12"/>
+      <c r="D40" s="18"/>
+      <c r="E40" s="12"/>
       <c r="F40" s="4" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="G40" s="4" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="H40" s="5"/>
       <c r="I40" s="5" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
     </row>
     <row r="41" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A41" s="17"/>
-[...3 lines deleted...]
-      <c r="E41" s="11"/>
+      <c r="A41" s="15"/>
+      <c r="B41" s="18"/>
+      <c r="C41" s="12"/>
+      <c r="D41" s="18"/>
+      <c r="E41" s="12"/>
       <c r="F41" s="4" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="G41" s="4" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="H41" s="5"/>
       <c r="I41" s="5" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
     </row>
     <row r="42" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A42" s="17"/>
-[...3 lines deleted...]
-      <c r="E42" s="11"/>
+      <c r="A42" s="15"/>
+      <c r="B42" s="18"/>
+      <c r="C42" s="12"/>
+      <c r="D42" s="18"/>
+      <c r="E42" s="12"/>
       <c r="F42" s="4" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="G42" s="4" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="H42" s="5"/>
       <c r="I42" s="5" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
     </row>
     <row r="43" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A43" s="17"/>
-[...3 lines deleted...]
-      <c r="E43" s="11"/>
+      <c r="A43" s="15"/>
+      <c r="B43" s="18"/>
+      <c r="C43" s="12"/>
+      <c r="D43" s="18"/>
+      <c r="E43" s="12"/>
       <c r="F43" s="4" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="G43" s="4" t="s">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="H43" s="5"/>
       <c r="I43" s="5" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
     </row>
     <row r="44" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A44" s="17"/>
-[...3 lines deleted...]
-      <c r="E44" s="11"/>
+      <c r="A44" s="15"/>
+      <c r="B44" s="18"/>
+      <c r="C44" s="12"/>
+      <c r="D44" s="18"/>
+      <c r="E44" s="12"/>
       <c r="F44" s="4" t="s">
-        <v>294</v>
+        <v>293</v>
       </c>
       <c r="G44" s="4" t="s">
-        <v>300</v>
+        <v>299</v>
       </c>
       <c r="H44" s="5"/>
       <c r="I44" s="7" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
     </row>
     <row r="45" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A45" s="18"/>
-[...3 lines deleted...]
-      <c r="E45" s="12"/>
+      <c r="A45" s="16"/>
+      <c r="B45" s="19"/>
+      <c r="C45" s="13"/>
+      <c r="D45" s="19"/>
+      <c r="E45" s="13"/>
       <c r="F45" s="4" t="s">
-        <v>295</v>
+        <v>294</v>
       </c>
       <c r="G45" s="4" t="s">
-        <v>301</v>
+        <v>300</v>
       </c>
       <c r="H45" s="5"/>
       <c r="I45" s="7" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
     </row>
     <row r="46" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A46" s="10" t="s">
-[...12 lines deleted...]
-        <v>266</v>
+      <c r="A46" s="11" t="s">
+        <v>67</v>
+      </c>
+      <c r="B46" s="11" t="s">
+        <v>202</v>
+      </c>
+      <c r="C46" s="20" t="s">
+        <v>69</v>
+      </c>
+      <c r="D46" s="11" t="s">
+        <v>158</v>
+      </c>
+      <c r="E46" s="11" t="s">
+        <v>265</v>
       </c>
       <c r="F46" s="4" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="G46" s="4" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="H46" s="5"/>
       <c r="I46" s="5" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
     </row>
     <row r="47" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A47" s="11"/>
-[...3 lines deleted...]
-      <c r="E47" s="11"/>
+      <c r="A47" s="12"/>
+      <c r="B47" s="12"/>
+      <c r="C47" s="21"/>
+      <c r="D47" s="12"/>
+      <c r="E47" s="12"/>
       <c r="F47" s="4" t="s">
-        <v>282</v>
+        <v>281</v>
       </c>
       <c r="G47" s="4" t="s">
-        <v>284</v>
+        <v>283</v>
       </c>
       <c r="H47" s="5"/>
       <c r="I47" s="5" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
     </row>
     <row r="48" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A48" s="11"/>
-[...3 lines deleted...]
-      <c r="E48" s="11"/>
+      <c r="A48" s="12"/>
+      <c r="B48" s="12"/>
+      <c r="C48" s="21"/>
+      <c r="D48" s="12"/>
+      <c r="E48" s="12"/>
       <c r="F48" s="4" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="G48" s="4" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="H48" s="5"/>
       <c r="I48" s="5" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
     </row>
     <row r="49" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A49" s="11"/>
-[...3 lines deleted...]
-      <c r="E49" s="11"/>
+      <c r="A49" s="12"/>
+      <c r="B49" s="12"/>
+      <c r="C49" s="21"/>
+      <c r="D49" s="12"/>
+      <c r="E49" s="12"/>
       <c r="F49" s="4" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="G49" s="4" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="H49" s="5"/>
       <c r="I49" s="5" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
     </row>
     <row r="50" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A50" s="11"/>
-[...3 lines deleted...]
-      <c r="E50" s="11"/>
+      <c r="A50" s="12"/>
+      <c r="B50" s="12"/>
+      <c r="C50" s="21"/>
+      <c r="D50" s="12"/>
+      <c r="E50" s="12"/>
       <c r="F50" s="4" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="G50" s="4" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="H50" s="5"/>
       <c r="I50" s="5" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
     </row>
     <row r="51" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A51" s="11"/>
-[...3 lines deleted...]
-      <c r="E51" s="11"/>
+      <c r="A51" s="12"/>
+      <c r="B51" s="12"/>
+      <c r="C51" s="21"/>
+      <c r="D51" s="12"/>
+      <c r="E51" s="12"/>
       <c r="F51" s="4" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="G51" s="4" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="H51" s="5"/>
       <c r="I51" s="5" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
     </row>
     <row r="52" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A52" s="11"/>
-[...3 lines deleted...]
-      <c r="E52" s="11"/>
+      <c r="A52" s="12"/>
+      <c r="B52" s="12"/>
+      <c r="C52" s="21"/>
+      <c r="D52" s="12"/>
+      <c r="E52" s="12"/>
       <c r="F52" s="4" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="G52" s="4" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="H52" s="5"/>
       <c r="I52" s="5" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
     </row>
     <row r="53" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A53" s="11"/>
-[...3 lines deleted...]
-      <c r="E53" s="11"/>
+      <c r="A53" s="12"/>
+      <c r="B53" s="12"/>
+      <c r="C53" s="21"/>
+      <c r="D53" s="12"/>
+      <c r="E53" s="12"/>
       <c r="F53" s="4" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="G53" s="4" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="H53" s="5"/>
       <c r="I53" s="5" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
     </row>
     <row r="54" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A54" s="11"/>
-[...3 lines deleted...]
-      <c r="E54" s="11"/>
+      <c r="A54" s="12"/>
+      <c r="B54" s="12"/>
+      <c r="C54" s="21"/>
+      <c r="D54" s="12"/>
+      <c r="E54" s="12"/>
       <c r="F54" s="4" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="G54" s="4" t="s">
-        <v>182</v>
+        <v>181</v>
       </c>
       <c r="H54" s="5"/>
       <c r="I54" s="5" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
     </row>
     <row r="55" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A55" s="11"/>
-[...3 lines deleted...]
-      <c r="E55" s="11"/>
+      <c r="A55" s="12"/>
+      <c r="B55" s="12"/>
+      <c r="C55" s="21"/>
+      <c r="D55" s="12"/>
+      <c r="E55" s="12"/>
       <c r="F55" s="4" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="G55" s="4" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="H55" s="5"/>
       <c r="I55" s="5" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
     </row>
     <row r="56" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A56" s="11"/>
-[...3 lines deleted...]
-      <c r="E56" s="11"/>
+      <c r="A56" s="12"/>
+      <c r="B56" s="12"/>
+      <c r="C56" s="21"/>
+      <c r="D56" s="12"/>
+      <c r="E56" s="12"/>
       <c r="F56" s="4" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="G56" s="4" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="H56" s="5"/>
       <c r="I56" s="5" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
     </row>
     <row r="57" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A57" s="11"/>
-[...3 lines deleted...]
-      <c r="E57" s="11"/>
+      <c r="A57" s="12"/>
+      <c r="B57" s="12"/>
+      <c r="C57" s="21"/>
+      <c r="D57" s="12"/>
+      <c r="E57" s="12"/>
       <c r="F57" s="4" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="G57" s="4" t="s">
-        <v>306</v>
+        <v>305</v>
       </c>
       <c r="H57" s="5"/>
       <c r="I57" s="7" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
     </row>
     <row r="58" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A58" s="11"/>
-[...3 lines deleted...]
-      <c r="E58" s="11"/>
+      <c r="A58" s="12"/>
+      <c r="B58" s="12"/>
+      <c r="C58" s="21"/>
+      <c r="D58" s="12"/>
+      <c r="E58" s="12"/>
       <c r="F58" s="4" t="s">
+        <v>89</v>
+      </c>
+      <c r="G58" s="4" t="s">
         <v>90</v>
-      </c>
-[...1 lines deleted...]
-        <v>91</v>
       </c>
       <c r="H58" s="5"/>
       <c r="I58" s="5" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
     </row>
     <row r="59" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A59" s="11"/>
-[...3 lines deleted...]
-      <c r="E59" s="11"/>
+      <c r="A59" s="12"/>
+      <c r="B59" s="12"/>
+      <c r="C59" s="21"/>
+      <c r="D59" s="12"/>
+      <c r="E59" s="12"/>
       <c r="F59" s="4" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="G59" s="4" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="H59" s="5"/>
       <c r="I59" s="5" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
     </row>
     <row r="60" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A60" s="11"/>
-[...3 lines deleted...]
-      <c r="E60" s="11"/>
+      <c r="A60" s="12"/>
+      <c r="B60" s="12"/>
+      <c r="C60" s="21"/>
+      <c r="D60" s="12"/>
+      <c r="E60" s="12"/>
       <c r="F60" s="4" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="G60" s="4" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="H60" s="5"/>
       <c r="I60" s="5" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
     </row>
     <row r="61" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A61" s="11"/>
-[...3 lines deleted...]
-      <c r="E61" s="11"/>
+      <c r="A61" s="12"/>
+      <c r="B61" s="12"/>
+      <c r="C61" s="21"/>
+      <c r="D61" s="12"/>
+      <c r="E61" s="12"/>
       <c r="F61" s="4" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="G61" s="4" t="s">
-        <v>189</v>
+        <v>188</v>
       </c>
       <c r="H61" s="5"/>
       <c r="I61" s="5" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
     </row>
     <row r="62" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A62" s="11"/>
-[...3 lines deleted...]
-      <c r="E62" s="11"/>
+      <c r="A62" s="12"/>
+      <c r="B62" s="12"/>
+      <c r="C62" s="21"/>
+      <c r="D62" s="12"/>
+      <c r="E62" s="12"/>
       <c r="F62" s="4" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="G62" s="4" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="H62" s="5"/>
       <c r="I62" s="5" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
     </row>
     <row r="63" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A63" s="11"/>
-[...3 lines deleted...]
-      <c r="E63" s="11"/>
+      <c r="A63" s="12"/>
+      <c r="B63" s="12"/>
+      <c r="C63" s="21"/>
+      <c r="D63" s="12"/>
+      <c r="E63" s="12"/>
       <c r="F63" s="4" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="G63" s="4" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="H63" s="5"/>
       <c r="I63" s="5" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
     </row>
     <row r="64" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A64" s="11"/>
-[...3 lines deleted...]
-      <c r="E64" s="11"/>
+      <c r="A64" s="12"/>
+      <c r="B64" s="12"/>
+      <c r="C64" s="21"/>
+      <c r="D64" s="12"/>
+      <c r="E64" s="12"/>
       <c r="F64" s="4" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="G64" s="4" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="H64" s="5"/>
       <c r="I64" s="5" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
     </row>
     <row r="65" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A65" s="11"/>
-[...3 lines deleted...]
-      <c r="E65" s="11"/>
+      <c r="A65" s="12"/>
+      <c r="B65" s="12"/>
+      <c r="C65" s="21"/>
+      <c r="D65" s="12"/>
+      <c r="E65" s="12"/>
       <c r="F65" s="4" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="G65" s="4" t="s">
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="H65" s="5"/>
       <c r="I65" s="5" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
     </row>
     <row r="66" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A66" s="11"/>
-[...3 lines deleted...]
-      <c r="E66" s="11"/>
+      <c r="A66" s="12"/>
+      <c r="B66" s="12"/>
+      <c r="C66" s="21"/>
+      <c r="D66" s="12"/>
+      <c r="E66" s="12"/>
       <c r="F66" s="4" t="s">
+        <v>105</v>
+      </c>
+      <c r="G66" s="4" t="s">
         <v>106</v>
-      </c>
-[...1 lines deleted...]
-        <v>107</v>
       </c>
       <c r="H66" s="5"/>
       <c r="I66" s="5" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
     </row>
     <row r="67" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A67" s="12"/>
-[...3 lines deleted...]
-      <c r="E67" s="12"/>
+      <c r="A67" s="13"/>
+      <c r="B67" s="13"/>
+      <c r="C67" s="22"/>
+      <c r="D67" s="13"/>
+      <c r="E67" s="13"/>
       <c r="F67" s="4" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="G67" s="4" t="s">
-        <v>192</v>
+        <v>191</v>
       </c>
       <c r="H67" s="5"/>
       <c r="I67" s="5" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
     </row>
     <row r="68" spans="1:9" s="6" customFormat="1" ht="75" x14ac:dyDescent="0.25">
       <c r="A68" s="4" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="B68" s="4" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="C68" s="4">
         <v>18</v>
       </c>
       <c r="D68" s="4" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="E68" s="5" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="F68" s="4"/>
       <c r="G68" s="4"/>
       <c r="H68" s="5" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="I68" s="5" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
     </row>
     <row r="69" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A69" s="10" t="s">
-[...5 lines deleted...]
-      <c r="C69" s="10">
+      <c r="A69" s="11" t="s">
+        <v>113</v>
+      </c>
+      <c r="B69" s="11" t="s">
+        <v>204</v>
+      </c>
+      <c r="C69" s="11">
         <v>3</v>
       </c>
-      <c r="D69" s="10" t="s">
-[...3 lines deleted...]
-        <v>266</v>
+      <c r="D69" s="11" t="s">
+        <v>158</v>
+      </c>
+      <c r="E69" s="11" t="s">
+        <v>265</v>
       </c>
       <c r="F69" s="4" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="G69" s="4" t="s">
+        <v>170</v>
+      </c>
+      <c r="H69" s="5" t="s">
+        <v>272</v>
+      </c>
+      <c r="I69" s="5" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="70" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A70" s="12"/>
+      <c r="B70" s="12"/>
+      <c r="C70" s="12"/>
+      <c r="D70" s="12"/>
+      <c r="E70" s="12"/>
+      <c r="F70" s="4" t="s">
+        <v>117</v>
+      </c>
+      <c r="G70" s="4" t="s">
         <v>171</v>
-      </c>
-[...17 lines deleted...]
-        <v>172</v>
       </c>
       <c r="H70" s="5"/>
       <c r="I70" s="5" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
     </row>
     <row r="71" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A71" s="11"/>
-[...3 lines deleted...]
-      <c r="E71" s="11"/>
+      <c r="A71" s="12"/>
+      <c r="B71" s="12"/>
+      <c r="C71" s="12"/>
+      <c r="D71" s="12"/>
+      <c r="E71" s="12"/>
       <c r="F71" s="4" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="G71" s="4" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="H71" s="5"/>
       <c r="I71" s="5" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
     </row>
     <row r="72" spans="1:9" s="6" customFormat="1" ht="30" x14ac:dyDescent="0.25">
-      <c r="A72" s="11"/>
-[...3 lines deleted...]
-      <c r="E72" s="11"/>
+      <c r="A72" s="12"/>
+      <c r="B72" s="12"/>
+      <c r="C72" s="12"/>
+      <c r="D72" s="12"/>
+      <c r="E72" s="12"/>
       <c r="F72" s="4" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="G72" s="4" t="s">
+        <v>121</v>
+      </c>
+      <c r="H72" s="5" t="s">
+        <v>279</v>
+      </c>
+      <c r="I72" s="5" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="73" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A73" s="12"/>
+      <c r="B73" s="12"/>
+      <c r="C73" s="12"/>
+      <c r="D73" s="12"/>
+      <c r="E73" s="12"/>
+      <c r="F73" s="4" t="s">
         <v>122</v>
       </c>
-      <c r="H72" s="5" t="s">
-[...12 lines deleted...]
-      <c r="F73" s="4" t="s">
+      <c r="G73" s="4" t="s">
+        <v>169</v>
+      </c>
+      <c r="H73" s="5" t="s">
+        <v>273</v>
+      </c>
+      <c r="I73" s="5" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="74" spans="1:9" s="6" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A74" s="12"/>
+      <c r="B74" s="12"/>
+      <c r="C74" s="12"/>
+      <c r="D74" s="12"/>
+      <c r="E74" s="12"/>
+      <c r="F74" s="4" t="s">
         <v>123</v>
       </c>
-      <c r="G73" s="4" t="s">
-[...15 lines deleted...]
-      <c r="F74" s="4" t="s">
+      <c r="G74" s="4" t="s">
         <v>124</v>
       </c>
-      <c r="G74" s="4" t="s">
+      <c r="H74" s="5" t="s">
+        <v>166</v>
+      </c>
+      <c r="I74" s="5" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="75" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A75" s="13"/>
+      <c r="B75" s="13"/>
+      <c r="C75" s="13"/>
+      <c r="D75" s="13"/>
+      <c r="E75" s="13"/>
+      <c r="F75" s="4" t="s">
         <v>125</v>
       </c>
-      <c r="H74" s="5" t="s">
-[...14 lines deleted...]
-      </c>
       <c r="G75" s="4" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="H75" s="5"/>
       <c r="I75" s="5" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="15">
+    <mergeCell ref="A46:A67"/>
+    <mergeCell ref="B46:B67"/>
+    <mergeCell ref="C46:C67"/>
+    <mergeCell ref="D46:D67"/>
+    <mergeCell ref="E46:E67"/>
+    <mergeCell ref="A10:A45"/>
+    <mergeCell ref="B10:B45"/>
+    <mergeCell ref="C10:C45"/>
+    <mergeCell ref="D10:D45"/>
+    <mergeCell ref="E10:E45"/>
     <mergeCell ref="A69:A75"/>
     <mergeCell ref="B69:B75"/>
     <mergeCell ref="C69:C75"/>
     <mergeCell ref="D69:D75"/>
     <mergeCell ref="E69:E75"/>
-    <mergeCell ref="A10:A45"/>
-[...8 lines deleted...]
-    <mergeCell ref="E46:E67"/>
   </mergeCells>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.19685039370078741" right="0.19685039370078741" top="0.59055118110236227" bottom="0.39370078740157483" header="0.19685039370078741" footer="0.19685039370078741"/>
   <pageSetup paperSize="9" scale="36" orientation="landscape" verticalDpi="0" r:id="rId1"/>
   <drawing r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6CF1C808-0A32-432E-B491-9E08D4C165DB}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:I75"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <pane ySplit="8" topLeftCell="A9" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A9" sqref="A9"/>
-      <selection pane="bottomLeft" activeCell="A9" sqref="A9"/>
+      <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="2" width="25.7109375" style="1" customWidth="1"/>
     <col min="3" max="3" width="10.7109375" style="1" customWidth="1"/>
     <col min="4" max="4" width="25.7109375" style="1" customWidth="1"/>
     <col min="5" max="5" width="35.7109375" style="1" customWidth="1"/>
     <col min="6" max="6" width="8.85546875" style="1" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="75.7109375" style="1" customWidth="1"/>
     <col min="8" max="8" width="65.7109375" style="1" customWidth="1"/>
     <col min="9" max="9" width="20.7109375" style="2" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
-        <v>293</v>
+        <v>292</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="1" t="s">
-        <v>309</v>
+        <v>319</v>
       </c>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="1" t="s">
-        <v>263</v>
+        <v>262</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="1" t="s">
-        <v>277</v>
+        <v>276</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="1" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
     </row>
     <row r="8" spans="1:9" ht="30" x14ac:dyDescent="0.25">
       <c r="A8" s="8" t="s">
+        <v>211</v>
+      </c>
+      <c r="B8" s="9" t="s">
+        <v>210</v>
+      </c>
+      <c r="C8" s="8" t="s">
+        <v>207</v>
+      </c>
+      <c r="D8" s="9" t="s">
+        <v>209</v>
+      </c>
+      <c r="E8" s="9" t="s">
+        <v>213</v>
+      </c>
+      <c r="F8" s="9" t="s">
+        <v>154</v>
+      </c>
+      <c r="G8" s="9" t="s">
         <v>212</v>
       </c>
-      <c r="B8" s="9" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="H8" s="9" t="s">
-        <v>275</v>
+        <v>274</v>
       </c>
       <c r="I8" s="8" t="s">
-        <v>255</v>
+        <v>254</v>
       </c>
     </row>
     <row r="9" spans="1:9" s="6" customFormat="1" ht="60" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="4" t="s">
         <v>2</v>
       </c>
       <c r="B9" s="5" t="s">
-        <v>250</v>
+        <v>249</v>
       </c>
       <c r="C9" s="4">
         <v>7</v>
       </c>
       <c r="D9" s="4" t="s">
-        <v>261</v>
+        <v>260</v>
       </c>
       <c r="E9" s="5" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="F9" s="4"/>
       <c r="G9" s="4"/>
       <c r="H9" s="5"/>
       <c r="I9" s="5" t="s">
-        <v>271</v>
+        <v>270</v>
       </c>
     </row>
     <row r="10" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A10" s="16" t="s">
-[...5 lines deleted...]
-      <c r="C10" s="10">
+      <c r="A10" s="14" t="s">
+        <v>195</v>
+      </c>
+      <c r="B10" s="17" t="s">
+        <v>215</v>
+      </c>
+      <c r="C10" s="11">
         <v>4</v>
       </c>
-      <c r="D10" s="19" t="s">
-[...5 lines deleted...]
-      <c r="F10" s="22" t="s">
+      <c r="D10" s="17" t="s">
+        <v>261</v>
+      </c>
+      <c r="E10" s="11" t="s">
+        <v>269</v>
+      </c>
+      <c r="F10" s="10" t="s">
         <v>11</v>
       </c>
-      <c r="G10" s="22" t="s">
-        <v>60</v>
+      <c r="G10" s="10" t="s">
+        <v>59</v>
       </c>
       <c r="H10" s="5"/>
       <c r="I10" s="7" t="s">
-        <v>315</v>
+        <v>311</v>
       </c>
     </row>
     <row r="11" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A11" s="17"/>
-[...4 lines deleted...]
-      <c r="F11" s="22" t="s">
+      <c r="A11" s="15"/>
+      <c r="B11" s="18"/>
+      <c r="C11" s="12"/>
+      <c r="D11" s="18"/>
+      <c r="E11" s="12"/>
+      <c r="F11" s="10" t="s">
         <v>12</v>
       </c>
-      <c r="G11" s="22" t="s">
+      <c r="G11" s="10" t="s">
         <v>13</v>
       </c>
       <c r="H11" s="5"/>
       <c r="I11" s="7" t="s">
-        <v>315</v>
+        <v>311</v>
       </c>
     </row>
     <row r="12" spans="1:9" s="6" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A12" s="17"/>
-[...3 lines deleted...]
-      <c r="E12" s="11"/>
+      <c r="A12" s="15"/>
+      <c r="B12" s="18"/>
+      <c r="C12" s="12"/>
+      <c r="D12" s="18"/>
+      <c r="E12" s="12"/>
       <c r="F12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="G12" s="4" t="s">
         <v>15</v>
       </c>
       <c r="H12" s="5" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="I12" s="5" t="s">
-        <v>254</v>
+        <v>253</v>
       </c>
     </row>
     <row r="13" spans="1:9" s="6" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A13" s="17"/>
-[...3 lines deleted...]
-      <c r="E13" s="11"/>
+      <c r="A13" s="15"/>
+      <c r="B13" s="18"/>
+      <c r="C13" s="12"/>
+      <c r="D13" s="18"/>
+      <c r="E13" s="12"/>
       <c r="F13" s="4" t="s">
         <v>16</v>
       </c>
       <c r="G13" s="4" t="s">
         <v>17</v>
       </c>
       <c r="H13" s="5" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="I13" s="5" t="s">
-        <v>254</v>
+        <v>253</v>
       </c>
     </row>
     <row r="14" spans="1:9" s="6" customFormat="1" ht="45" x14ac:dyDescent="0.25">
-      <c r="A14" s="17"/>
-[...3 lines deleted...]
-      <c r="E14" s="11"/>
+      <c r="A14" s="15"/>
+      <c r="B14" s="18"/>
+      <c r="C14" s="12"/>
+      <c r="D14" s="18"/>
+      <c r="E14" s="12"/>
       <c r="F14" s="4" t="s">
         <v>18</v>
       </c>
       <c r="G14" s="4" t="s">
         <v>19</v>
       </c>
       <c r="H14" s="5" t="s">
-        <v>249</v>
+        <v>248</v>
       </c>
       <c r="I14" s="5" t="s">
-        <v>254</v>
+        <v>253</v>
       </c>
     </row>
     <row r="15" spans="1:9" s="6" customFormat="1" ht="45" x14ac:dyDescent="0.25">
-      <c r="A15" s="17"/>
-[...3 lines deleted...]
-      <c r="E15" s="11"/>
+      <c r="A15" s="15"/>
+      <c r="B15" s="18"/>
+      <c r="C15" s="12"/>
+      <c r="D15" s="18"/>
+      <c r="E15" s="12"/>
       <c r="F15" s="4" t="s">
         <v>20</v>
       </c>
       <c r="G15" s="4" t="s">
         <v>21</v>
       </c>
       <c r="H15" s="5" t="s">
-        <v>249</v>
+        <v>248</v>
       </c>
       <c r="I15" s="5" t="s">
-        <v>254</v>
+        <v>253</v>
       </c>
     </row>
     <row r="16" spans="1:9" s="6" customFormat="1" ht="45" x14ac:dyDescent="0.25">
-      <c r="A16" s="17"/>
-[...3 lines deleted...]
-      <c r="E16" s="11"/>
+      <c r="A16" s="15"/>
+      <c r="B16" s="18"/>
+      <c r="C16" s="12"/>
+      <c r="D16" s="18"/>
+      <c r="E16" s="12"/>
       <c r="F16" s="4" t="s">
         <v>22</v>
       </c>
       <c r="G16" s="4" t="s">
         <v>23</v>
       </c>
       <c r="H16" s="5" t="s">
-        <v>249</v>
+        <v>248</v>
       </c>
       <c r="I16" s="5" t="s">
-        <v>254</v>
+        <v>253</v>
       </c>
     </row>
     <row r="17" spans="1:9" s="6" customFormat="1" ht="45" x14ac:dyDescent="0.25">
-      <c r="A17" s="17"/>
-[...3 lines deleted...]
-      <c r="E17" s="11"/>
+      <c r="A17" s="15"/>
+      <c r="B17" s="18"/>
+      <c r="C17" s="12"/>
+      <c r="D17" s="18"/>
+      <c r="E17" s="12"/>
       <c r="F17" s="4" t="s">
         <v>24</v>
       </c>
       <c r="G17" s="4" t="s">
         <v>25</v>
       </c>
       <c r="H17" s="5" t="s">
-        <v>249</v>
+        <v>248</v>
       </c>
       <c r="I17" s="5" t="s">
-        <v>254</v>
+        <v>253</v>
       </c>
     </row>
     <row r="18" spans="1:9" s="6" customFormat="1" ht="45" x14ac:dyDescent="0.25">
-      <c r="A18" s="17"/>
-[...3 lines deleted...]
-      <c r="E18" s="11"/>
+      <c r="A18" s="15"/>
+      <c r="B18" s="18"/>
+      <c r="C18" s="12"/>
+      <c r="D18" s="18"/>
+      <c r="E18" s="12"/>
       <c r="F18" s="4" t="s">
         <v>26</v>
       </c>
       <c r="G18" s="4" t="s">
         <v>27</v>
       </c>
       <c r="H18" s="5" t="s">
-        <v>249</v>
+        <v>248</v>
       </c>
       <c r="I18" s="5" t="s">
-        <v>254</v>
+        <v>253</v>
       </c>
     </row>
     <row r="19" spans="1:9" s="6" customFormat="1" ht="45" x14ac:dyDescent="0.25">
-      <c r="A19" s="17"/>
-[...3 lines deleted...]
-      <c r="E19" s="11"/>
+      <c r="A19" s="15"/>
+      <c r="B19" s="18"/>
+      <c r="C19" s="12"/>
+      <c r="D19" s="18"/>
+      <c r="E19" s="12"/>
       <c r="F19" s="4" t="s">
         <v>28</v>
       </c>
       <c r="G19" s="4" t="s">
         <v>29</v>
       </c>
       <c r="H19" s="5" t="s">
-        <v>249</v>
+        <v>248</v>
       </c>
       <c r="I19" s="5" t="s">
-        <v>254</v>
+        <v>253</v>
       </c>
     </row>
     <row r="20" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A20" s="17"/>
-[...3 lines deleted...]
-      <c r="E20" s="11"/>
+      <c r="A20" s="15"/>
+      <c r="B20" s="18"/>
+      <c r="C20" s="12"/>
+      <c r="D20" s="18"/>
+      <c r="E20" s="12"/>
       <c r="F20" s="4" t="s">
         <v>30</v>
       </c>
       <c r="G20" s="4" t="s">
         <v>31</v>
       </c>
       <c r="H20" s="5"/>
       <c r="I20" s="5" t="s">
-        <v>254</v>
+        <v>253</v>
       </c>
     </row>
     <row r="21" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A21" s="17"/>
-[...3 lines deleted...]
-      <c r="E21" s="11"/>
+      <c r="A21" s="15"/>
+      <c r="B21" s="18"/>
+      <c r="C21" s="12"/>
+      <c r="D21" s="18"/>
+      <c r="E21" s="12"/>
       <c r="F21" s="4" t="s">
         <v>32</v>
       </c>
       <c r="G21" s="4" t="s">
         <v>33</v>
       </c>
       <c r="H21" s="5"/>
       <c r="I21" s="5" t="s">
-        <v>254</v>
+        <v>253</v>
       </c>
     </row>
     <row r="22" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A22" s="17"/>
-[...3 lines deleted...]
-      <c r="E22" s="11"/>
+      <c r="A22" s="15"/>
+      <c r="B22" s="18"/>
+      <c r="C22" s="12"/>
+      <c r="D22" s="18"/>
+      <c r="E22" s="12"/>
       <c r="F22" s="4" t="s">
         <v>34</v>
       </c>
       <c r="G22" s="4" t="s">
         <v>35</v>
       </c>
       <c r="H22" s="5"/>
       <c r="I22" s="5" t="s">
-        <v>254</v>
+        <v>253</v>
       </c>
     </row>
     <row r="23" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A23" s="17"/>
-[...3 lines deleted...]
-      <c r="E23" s="11"/>
+      <c r="A23" s="15"/>
+      <c r="B23" s="18"/>
+      <c r="C23" s="12"/>
+      <c r="D23" s="18"/>
+      <c r="E23" s="12"/>
       <c r="F23" s="4" t="s">
         <v>36</v>
       </c>
       <c r="G23" s="4" t="s">
         <v>37</v>
       </c>
       <c r="H23" s="5"/>
       <c r="I23" s="5" t="s">
-        <v>254</v>
-[...7 lines deleted...]
-      <c r="E24" s="11"/>
+        <v>253</v>
+      </c>
+    </row>
+    <row r="24" spans="1:9" s="6" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A24" s="15"/>
+      <c r="B24" s="18"/>
+      <c r="C24" s="12"/>
+      <c r="D24" s="18"/>
+      <c r="E24" s="12"/>
       <c r="F24" s="4" t="s">
         <v>38</v>
       </c>
       <c r="G24" s="4" t="s">
+        <v>313</v>
+      </c>
+      <c r="H24" s="5" t="s">
+        <v>317</v>
+      </c>
+      <c r="I24" s="7" t="s">
+        <v>318</v>
+      </c>
+    </row>
+    <row r="25" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="15"/>
+      <c r="B25" s="18"/>
+      <c r="C25" s="12"/>
+      <c r="D25" s="18"/>
+      <c r="E25" s="12"/>
+      <c r="F25" s="4" t="s">
         <v>39</v>
       </c>
-      <c r="H24" s="5"/>
-[...10 lines deleted...]
-      <c r="F25" s="4" t="s">
+      <c r="G25" s="4" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
       <c r="H25" s="5"/>
       <c r="I25" s="5" t="s">
-        <v>254</v>
+        <v>253</v>
       </c>
     </row>
     <row r="26" spans="1:9" s="6" customFormat="1" ht="45" x14ac:dyDescent="0.25">
-      <c r="A26" s="17"/>
-[...3 lines deleted...]
-      <c r="E26" s="11"/>
+      <c r="A26" s="15"/>
+      <c r="B26" s="18"/>
+      <c r="C26" s="12"/>
+      <c r="D26" s="18"/>
+      <c r="E26" s="12"/>
       <c r="F26" s="4" t="s">
+        <v>41</v>
+      </c>
+      <c r="G26" s="4" t="s">
         <v>42</v>
       </c>
-      <c r="G26" s="4" t="s">
+      <c r="H26" s="5" t="s">
+        <v>248</v>
+      </c>
+      <c r="I26" s="5" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="27" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="15"/>
+      <c r="B27" s="18"/>
+      <c r="C27" s="12"/>
+      <c r="D27" s="18"/>
+      <c r="E27" s="12"/>
+      <c r="F27" s="4" t="s">
         <v>43</v>
       </c>
-      <c r="H26" s="5" t="s">
-[...12 lines deleted...]
-      <c r="F27" s="4" t="s">
+      <c r="G27" s="4" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
       <c r="H27" s="5"/>
       <c r="I27" s="5" t="s">
-        <v>254</v>
+        <v>253</v>
       </c>
     </row>
     <row r="28" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A28" s="17"/>
-[...3 lines deleted...]
-      <c r="E28" s="11"/>
+      <c r="A28" s="15"/>
+      <c r="B28" s="18"/>
+      <c r="C28" s="12"/>
+      <c r="D28" s="18"/>
+      <c r="E28" s="12"/>
       <c r="F28" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="G28" s="4" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
       <c r="H28" s="5"/>
       <c r="I28" s="5" t="s">
-        <v>254</v>
+        <v>253</v>
       </c>
     </row>
     <row r="29" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A29" s="17"/>
-[...3 lines deleted...]
-      <c r="E29" s="11"/>
+      <c r="A29" s="15"/>
+      <c r="B29" s="18"/>
+      <c r="C29" s="12"/>
+      <c r="D29" s="18"/>
+      <c r="E29" s="12"/>
       <c r="F29" s="4" t="s">
-        <v>286</v>
+        <v>285</v>
       </c>
       <c r="G29" s="4" t="s">
-        <v>289</v>
+        <v>288</v>
       </c>
       <c r="H29" s="5"/>
       <c r="I29" s="5" t="s">
-        <v>254</v>
+        <v>253</v>
       </c>
     </row>
     <row r="30" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A30" s="17"/>
-[...3 lines deleted...]
-      <c r="E30" s="11"/>
+      <c r="A30" s="15"/>
+      <c r="B30" s="18"/>
+      <c r="C30" s="12"/>
+      <c r="D30" s="18"/>
+      <c r="E30" s="12"/>
       <c r="F30" s="4" t="s">
+        <v>286</v>
+      </c>
+      <c r="G30" s="4" t="s">
         <v>287</v>
       </c>
-      <c r="G30" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H30" s="5" t="s">
-        <v>290</v>
+        <v>289</v>
       </c>
       <c r="I30" s="5" t="s">
-        <v>254</v>
+        <v>253</v>
       </c>
     </row>
     <row r="31" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A31" s="17"/>
-[...3 lines deleted...]
-      <c r="E31" s="11"/>
+      <c r="A31" s="15"/>
+      <c r="B31" s="18"/>
+      <c r="C31" s="12"/>
+      <c r="D31" s="18"/>
+      <c r="E31" s="12"/>
       <c r="F31" s="4" t="s">
+        <v>297</v>
+      </c>
+      <c r="G31" s="4" t="s">
         <v>298</v>
-      </c>
-[...1 lines deleted...]
-        <v>299</v>
       </c>
       <c r="H31" s="5"/>
       <c r="I31" s="7" t="s">
-        <v>272</v>
+        <v>271</v>
       </c>
     </row>
     <row r="32" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A32" s="17"/>
-[...3 lines deleted...]
-      <c r="E32" s="11"/>
+      <c r="A32" s="15"/>
+      <c r="B32" s="18"/>
+      <c r="C32" s="12"/>
+      <c r="D32" s="18"/>
+      <c r="E32" s="12"/>
       <c r="F32" s="4" t="s">
-        <v>312</v>
+        <v>308</v>
       </c>
       <c r="G32" s="4" t="s">
-        <v>313</v>
+        <v>309</v>
       </c>
       <c r="H32" s="5"/>
       <c r="I32" s="7" t="s">
-        <v>272</v>
+        <v>271</v>
       </c>
     </row>
     <row r="33" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A33" s="17"/>
-[...3 lines deleted...]
-      <c r="E33" s="11"/>
+      <c r="A33" s="15"/>
+      <c r="B33" s="18"/>
+      <c r="C33" s="12"/>
+      <c r="D33" s="18"/>
+      <c r="E33" s="12"/>
       <c r="F33" s="4" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="G33" s="4" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="H33" s="5"/>
       <c r="I33" s="5" t="s">
-        <v>254</v>
+        <v>253</v>
       </c>
     </row>
     <row r="34" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A34" s="17"/>
-[...3 lines deleted...]
-      <c r="E34" s="11"/>
+      <c r="A34" s="15"/>
+      <c r="B34" s="18"/>
+      <c r="C34" s="12"/>
+      <c r="D34" s="18"/>
+      <c r="E34" s="12"/>
       <c r="F34" s="4" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="G34" s="4" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="H34" s="5"/>
       <c r="I34" s="5" t="s">
-        <v>254</v>
+        <v>253</v>
       </c>
     </row>
     <row r="35" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A35" s="17"/>
-[...3 lines deleted...]
-      <c r="E35" s="11"/>
+      <c r="A35" s="15"/>
+      <c r="B35" s="18"/>
+      <c r="C35" s="12"/>
+      <c r="D35" s="18"/>
+      <c r="E35" s="12"/>
       <c r="F35" s="4" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="G35" s="4" t="s">
-        <v>217</v>
+        <v>216</v>
       </c>
       <c r="H35" s="5"/>
       <c r="I35" s="5" t="s">
-        <v>254</v>
+        <v>253</v>
       </c>
     </row>
     <row r="36" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A36" s="17"/>
-[...3 lines deleted...]
-      <c r="E36" s="11"/>
+      <c r="A36" s="15"/>
+      <c r="B36" s="18"/>
+      <c r="C36" s="12"/>
+      <c r="D36" s="18"/>
+      <c r="E36" s="12"/>
       <c r="F36" s="4" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="G36" s="4" t="s">
-        <v>218</v>
+        <v>217</v>
       </c>
       <c r="H36" s="5"/>
       <c r="I36" s="5" t="s">
-        <v>254</v>
+        <v>253</v>
       </c>
     </row>
     <row r="37" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A37" s="17"/>
-[...3 lines deleted...]
-      <c r="E37" s="11"/>
+      <c r="A37" s="15"/>
+      <c r="B37" s="18"/>
+      <c r="C37" s="12"/>
+      <c r="D37" s="18"/>
+      <c r="E37" s="12"/>
       <c r="F37" s="4" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="G37" s="4" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="H37" s="5"/>
       <c r="I37" s="5" t="s">
-        <v>254</v>
+        <v>253</v>
       </c>
     </row>
     <row r="38" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A38" s="17"/>
-[...3 lines deleted...]
-      <c r="E38" s="11"/>
+      <c r="A38" s="15"/>
+      <c r="B38" s="18"/>
+      <c r="C38" s="12"/>
+      <c r="D38" s="18"/>
+      <c r="E38" s="12"/>
       <c r="F38" s="4" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="G38" s="4" t="s">
-        <v>220</v>
+        <v>219</v>
       </c>
       <c r="H38" s="5"/>
       <c r="I38" s="5" t="s">
-        <v>254</v>
+        <v>253</v>
       </c>
     </row>
     <row r="39" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A39" s="17"/>
-[...3 lines deleted...]
-      <c r="E39" s="11"/>
+      <c r="A39" s="15"/>
+      <c r="B39" s="18"/>
+      <c r="C39" s="12"/>
+      <c r="D39" s="18"/>
+      <c r="E39" s="12"/>
       <c r="F39" s="4" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="G39" s="4" t="s">
-        <v>256</v>
+        <v>255</v>
       </c>
       <c r="H39" s="5"/>
       <c r="I39" s="5" t="s">
-        <v>254</v>
+        <v>253</v>
       </c>
     </row>
     <row r="40" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A40" s="17"/>
-[...3 lines deleted...]
-      <c r="E40" s="11"/>
+      <c r="A40" s="15"/>
+      <c r="B40" s="18"/>
+      <c r="C40" s="12"/>
+      <c r="D40" s="18"/>
+      <c r="E40" s="12"/>
       <c r="F40" s="4" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="G40" s="4" t="s">
-        <v>257</v>
+        <v>256</v>
       </c>
       <c r="H40" s="5"/>
       <c r="I40" s="5" t="s">
-        <v>254</v>
+        <v>253</v>
       </c>
     </row>
     <row r="41" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A41" s="17"/>
-[...3 lines deleted...]
-      <c r="E41" s="11"/>
+      <c r="A41" s="15"/>
+      <c r="B41" s="18"/>
+      <c r="C41" s="12"/>
+      <c r="D41" s="18"/>
+      <c r="E41" s="12"/>
       <c r="F41" s="4" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="G41" s="4" t="s">
-        <v>258</v>
+        <v>257</v>
       </c>
       <c r="H41" s="5"/>
       <c r="I41" s="5" t="s">
-        <v>254</v>
+        <v>253</v>
       </c>
     </row>
     <row r="42" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A42" s="17"/>
-[...3 lines deleted...]
-      <c r="E42" s="11"/>
+      <c r="A42" s="15"/>
+      <c r="B42" s="18"/>
+      <c r="C42" s="12"/>
+      <c r="D42" s="18"/>
+      <c r="E42" s="12"/>
       <c r="F42" s="4" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="G42" s="4" t="s">
-        <v>259</v>
+        <v>258</v>
       </c>
       <c r="H42" s="5"/>
       <c r="I42" s="5" t="s">
-        <v>254</v>
+        <v>253</v>
       </c>
     </row>
     <row r="43" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A43" s="17"/>
-[...3 lines deleted...]
-      <c r="E43" s="11"/>
+      <c r="A43" s="15"/>
+      <c r="B43" s="18"/>
+      <c r="C43" s="12"/>
+      <c r="D43" s="18"/>
+      <c r="E43" s="12"/>
       <c r="F43" s="4" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="G43" s="4" t="s">
-        <v>260</v>
+        <v>259</v>
       </c>
       <c r="H43" s="5"/>
       <c r="I43" s="5" t="s">
-        <v>254</v>
+        <v>253</v>
       </c>
     </row>
     <row r="44" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A44" s="17"/>
-[...3 lines deleted...]
-      <c r="E44" s="11"/>
+      <c r="A44" s="15"/>
+      <c r="B44" s="18"/>
+      <c r="C44" s="12"/>
+      <c r="D44" s="18"/>
+      <c r="E44" s="12"/>
       <c r="F44" s="4" t="s">
-        <v>294</v>
+        <v>293</v>
       </c>
       <c r="G44" s="4" t="s">
-        <v>302</v>
+        <v>301</v>
       </c>
       <c r="H44" s="5"/>
       <c r="I44" s="7" t="s">
-        <v>272</v>
+        <v>271</v>
       </c>
     </row>
     <row r="45" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A45" s="18"/>
-[...3 lines deleted...]
-      <c r="E45" s="12"/>
+      <c r="A45" s="16"/>
+      <c r="B45" s="19"/>
+      <c r="C45" s="13"/>
+      <c r="D45" s="19"/>
+      <c r="E45" s="13"/>
       <c r="F45" s="4" t="s">
-        <v>295</v>
+        <v>294</v>
       </c>
       <c r="G45" s="4" t="s">
-        <v>303</v>
+        <v>302</v>
       </c>
       <c r="H45" s="5"/>
       <c r="I45" s="7" t="s">
-        <v>272</v>
+        <v>271</v>
       </c>
     </row>
     <row r="46" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A46" s="10" t="s">
-[...12 lines deleted...]
-        <v>270</v>
+      <c r="A46" s="11" t="s">
+        <v>67</v>
+      </c>
+      <c r="B46" s="17" t="s">
+        <v>251</v>
+      </c>
+      <c r="C46" s="20" t="s">
+        <v>69</v>
+      </c>
+      <c r="D46" s="11" t="s">
+        <v>260</v>
+      </c>
+      <c r="E46" s="11" t="s">
+        <v>269</v>
       </c>
       <c r="F46" s="4" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="G46" s="4" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="H46" s="5"/>
       <c r="I46" s="5" t="s">
-        <v>254</v>
+        <v>253</v>
       </c>
     </row>
     <row r="47" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A47" s="11"/>
-[...3 lines deleted...]
-      <c r="E47" s="11"/>
+      <c r="A47" s="12"/>
+      <c r="B47" s="18"/>
+      <c r="C47" s="21"/>
+      <c r="D47" s="12"/>
+      <c r="E47" s="12"/>
       <c r="F47" s="4" t="s">
-        <v>282</v>
+        <v>281</v>
       </c>
       <c r="G47" s="4" t="s">
-        <v>285</v>
+        <v>284</v>
       </c>
       <c r="H47" s="5"/>
       <c r="I47" s="5" t="s">
-        <v>254</v>
+        <v>253</v>
       </c>
     </row>
     <row r="48" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A48" s="11"/>
-[...3 lines deleted...]
-      <c r="E48" s="11"/>
+      <c r="A48" s="12"/>
+      <c r="B48" s="18"/>
+      <c r="C48" s="21"/>
+      <c r="D48" s="12"/>
+      <c r="E48" s="12"/>
       <c r="F48" s="4" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="G48" s="4" t="s">
-        <v>222</v>
+        <v>221</v>
       </c>
       <c r="H48" s="5"/>
       <c r="I48" s="5" t="s">
-        <v>254</v>
+        <v>253</v>
       </c>
     </row>
     <row r="49" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A49" s="11"/>
-[...3 lines deleted...]
-      <c r="E49" s="11"/>
+      <c r="A49" s="12"/>
+      <c r="B49" s="18"/>
+      <c r="C49" s="21"/>
+      <c r="D49" s="12"/>
+      <c r="E49" s="12"/>
       <c r="F49" s="4" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="G49" s="4" t="s">
-        <v>223</v>
+        <v>222</v>
       </c>
       <c r="H49" s="5"/>
       <c r="I49" s="5" t="s">
-        <v>254</v>
+        <v>253</v>
       </c>
     </row>
     <row r="50" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A50" s="11"/>
-[...3 lines deleted...]
-      <c r="E50" s="11"/>
+      <c r="A50" s="12"/>
+      <c r="B50" s="18"/>
+      <c r="C50" s="21"/>
+      <c r="D50" s="12"/>
+      <c r="E50" s="12"/>
       <c r="F50" s="4" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="G50" s="4" t="s">
-        <v>224</v>
+        <v>223</v>
       </c>
       <c r="H50" s="5"/>
       <c r="I50" s="5" t="s">
-        <v>254</v>
+        <v>253</v>
       </c>
     </row>
     <row r="51" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A51" s="11"/>
-[...3 lines deleted...]
-      <c r="E51" s="11"/>
+      <c r="A51" s="12"/>
+      <c r="B51" s="18"/>
+      <c r="C51" s="21"/>
+      <c r="D51" s="12"/>
+      <c r="E51" s="12"/>
       <c r="F51" s="4" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="G51" s="4" t="s">
-        <v>225</v>
+        <v>224</v>
       </c>
       <c r="H51" s="5"/>
       <c r="I51" s="5" t="s">
-        <v>254</v>
+        <v>253</v>
       </c>
     </row>
     <row r="52" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A52" s="11"/>
-[...3 lines deleted...]
-      <c r="E52" s="11"/>
+      <c r="A52" s="12"/>
+      <c r="B52" s="18"/>
+      <c r="C52" s="21"/>
+      <c r="D52" s="12"/>
+      <c r="E52" s="12"/>
       <c r="F52" s="4" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="G52" s="4" t="s">
-        <v>226</v>
+        <v>225</v>
       </c>
       <c r="H52" s="5"/>
       <c r="I52" s="5" t="s">
-        <v>254</v>
+        <v>253</v>
       </c>
     </row>
     <row r="53" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A53" s="11"/>
-[...3 lines deleted...]
-      <c r="E53" s="11"/>
+      <c r="A53" s="12"/>
+      <c r="B53" s="18"/>
+      <c r="C53" s="21"/>
+      <c r="D53" s="12"/>
+      <c r="E53" s="12"/>
       <c r="F53" s="4" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="G53" s="4" t="s">
-        <v>227</v>
+        <v>226</v>
       </c>
       <c r="H53" s="5"/>
       <c r="I53" s="5" t="s">
-        <v>254</v>
+        <v>253</v>
       </c>
     </row>
     <row r="54" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A54" s="11"/>
-[...3 lines deleted...]
-      <c r="E54" s="11"/>
+      <c r="A54" s="12"/>
+      <c r="B54" s="18"/>
+      <c r="C54" s="21"/>
+      <c r="D54" s="12"/>
+      <c r="E54" s="12"/>
       <c r="F54" s="4" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="G54" s="4" t="s">
-        <v>182</v>
+        <v>181</v>
       </c>
       <c r="H54" s="5"/>
       <c r="I54" s="5" t="s">
-        <v>254</v>
+        <v>253</v>
       </c>
     </row>
     <row r="55" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A55" s="11"/>
-[...3 lines deleted...]
-      <c r="E55" s="11"/>
+      <c r="A55" s="12"/>
+      <c r="B55" s="18"/>
+      <c r="C55" s="21"/>
+      <c r="D55" s="12"/>
+      <c r="E55" s="12"/>
       <c r="F55" s="4" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="G55" s="4" t="s">
-        <v>228</v>
+        <v>227</v>
       </c>
       <c r="H55" s="5"/>
       <c r="I55" s="5" t="s">
-        <v>254</v>
+        <v>253</v>
       </c>
     </row>
     <row r="56" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A56" s="11"/>
-[...3 lines deleted...]
-      <c r="E56" s="11"/>
+      <c r="A56" s="12"/>
+      <c r="B56" s="18"/>
+      <c r="C56" s="21"/>
+      <c r="D56" s="12"/>
+      <c r="E56" s="12"/>
       <c r="F56" s="4" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="G56" s="4" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="H56" s="5"/>
       <c r="I56" s="5" t="s">
-        <v>254</v>
+        <v>253</v>
       </c>
     </row>
     <row r="57" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A57" s="11"/>
-[...3 lines deleted...]
-      <c r="E57" s="11"/>
+      <c r="A57" s="12"/>
+      <c r="B57" s="18"/>
+      <c r="C57" s="21"/>
+      <c r="D57" s="12"/>
+      <c r="E57" s="12"/>
       <c r="F57" s="4" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="G57" s="4" t="s">
-        <v>307</v>
+        <v>306</v>
       </c>
       <c r="H57" s="5"/>
       <c r="I57" s="7" t="s">
-        <v>272</v>
+        <v>271</v>
       </c>
     </row>
     <row r="58" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A58" s="11"/>
-[...3 lines deleted...]
-      <c r="E58" s="11"/>
+      <c r="A58" s="12"/>
+      <c r="B58" s="18"/>
+      <c r="C58" s="21"/>
+      <c r="D58" s="12"/>
+      <c r="E58" s="12"/>
       <c r="F58" s="4" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="G58" s="4" t="s">
-        <v>230</v>
+        <v>229</v>
       </c>
       <c r="H58" s="5"/>
       <c r="I58" s="5" t="s">
-        <v>254</v>
+        <v>253</v>
       </c>
     </row>
     <row r="59" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A59" s="11"/>
-[...3 lines deleted...]
-      <c r="E59" s="11"/>
+      <c r="A59" s="12"/>
+      <c r="B59" s="18"/>
+      <c r="C59" s="21"/>
+      <c r="D59" s="12"/>
+      <c r="E59" s="12"/>
       <c r="F59" s="4" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="G59" s="4" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="H59" s="5"/>
       <c r="I59" s="5" t="s">
-        <v>254</v>
+        <v>253</v>
       </c>
     </row>
     <row r="60" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A60" s="11"/>
-[...3 lines deleted...]
-      <c r="E60" s="11"/>
+      <c r="A60" s="12"/>
+      <c r="B60" s="18"/>
+      <c r="C60" s="21"/>
+      <c r="D60" s="12"/>
+      <c r="E60" s="12"/>
       <c r="F60" s="4" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="G60" s="4" t="s">
-        <v>232</v>
+        <v>231</v>
       </c>
       <c r="H60" s="5"/>
       <c r="I60" s="5" t="s">
-        <v>254</v>
+        <v>253</v>
       </c>
     </row>
     <row r="61" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A61" s="11"/>
-[...3 lines deleted...]
-      <c r="E61" s="11"/>
+      <c r="A61" s="12"/>
+      <c r="B61" s="18"/>
+      <c r="C61" s="21"/>
+      <c r="D61" s="12"/>
+      <c r="E61" s="12"/>
       <c r="F61" s="4" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>235</v>
+        <v>234</v>
       </c>
       <c r="H61" s="5"/>
       <c r="I61" s="5" t="s">
-        <v>254</v>
+        <v>253</v>
       </c>
     </row>
     <row r="62" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A62" s="11"/>
-[...3 lines deleted...]
-      <c r="E62" s="11"/>
+      <c r="A62" s="12"/>
+      <c r="B62" s="18"/>
+      <c r="C62" s="21"/>
+      <c r="D62" s="12"/>
+      <c r="E62" s="12"/>
       <c r="F62" s="4" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="G62" s="4" t="s">
-        <v>233</v>
+        <v>232</v>
       </c>
       <c r="H62" s="5"/>
       <c r="I62" s="5" t="s">
-        <v>254</v>
+        <v>253</v>
       </c>
     </row>
     <row r="63" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A63" s="11"/>
-[...3 lines deleted...]
-      <c r="E63" s="11"/>
+      <c r="A63" s="12"/>
+      <c r="B63" s="18"/>
+      <c r="C63" s="21"/>
+      <c r="D63" s="12"/>
+      <c r="E63" s="12"/>
       <c r="F63" s="4" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="G63" s="4" t="s">
-        <v>234</v>
+        <v>233</v>
       </c>
       <c r="H63" s="5"/>
       <c r="I63" s="5" t="s">
-        <v>254</v>
+        <v>253</v>
       </c>
     </row>
     <row r="64" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A64" s="11"/>
-[...3 lines deleted...]
-      <c r="E64" s="11"/>
+      <c r="A64" s="12"/>
+      <c r="B64" s="18"/>
+      <c r="C64" s="21"/>
+      <c r="D64" s="12"/>
+      <c r="E64" s="12"/>
       <c r="F64" s="4" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="G64" s="4" t="s">
-        <v>236</v>
+        <v>235</v>
       </c>
       <c r="H64" s="5"/>
       <c r="I64" s="5" t="s">
-        <v>254</v>
+        <v>253</v>
       </c>
     </row>
     <row r="65" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A65" s="11"/>
-[...3 lines deleted...]
-      <c r="E65" s="11"/>
+      <c r="A65" s="12"/>
+      <c r="B65" s="18"/>
+      <c r="C65" s="21"/>
+      <c r="D65" s="12"/>
+      <c r="E65" s="12"/>
       <c r="F65" s="4" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="G65" s="4" t="s">
-        <v>237</v>
+        <v>236</v>
       </c>
       <c r="H65" s="5"/>
       <c r="I65" s="5" t="s">
-        <v>254</v>
+        <v>253</v>
       </c>
     </row>
     <row r="66" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A66" s="11"/>
-[...3 lines deleted...]
-      <c r="E66" s="11"/>
+      <c r="A66" s="12"/>
+      <c r="B66" s="18"/>
+      <c r="C66" s="21"/>
+      <c r="D66" s="12"/>
+      <c r="E66" s="12"/>
       <c r="F66" s="4" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="G66" s="4" t="s">
-        <v>238</v>
+        <v>237</v>
       </c>
       <c r="H66" s="5"/>
       <c r="I66" s="5" t="s">
-        <v>254</v>
+        <v>253</v>
       </c>
     </row>
     <row r="67" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A67" s="12"/>
-[...3 lines deleted...]
-      <c r="E67" s="12"/>
+      <c r="A67" s="13"/>
+      <c r="B67" s="19"/>
+      <c r="C67" s="22"/>
+      <c r="D67" s="13"/>
+      <c r="E67" s="13"/>
       <c r="F67" s="4" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="G67" s="4" t="s">
-        <v>239</v>
+        <v>238</v>
       </c>
       <c r="H67" s="5"/>
       <c r="I67" s="5" t="s">
-        <v>254</v>
+        <v>253</v>
       </c>
     </row>
     <row r="68" spans="1:9" s="6" customFormat="1" ht="75" x14ac:dyDescent="0.25">
       <c r="A68" s="4" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="B68" s="4" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="C68" s="4">
         <v>18</v>
       </c>
       <c r="D68" s="4" t="s">
-        <v>261</v>
+        <v>260</v>
       </c>
       <c r="E68" s="5" t="s">
-        <v>240</v>
+        <v>239</v>
       </c>
       <c r="F68" s="4"/>
       <c r="G68" s="4"/>
       <c r="H68" s="5" t="s">
-        <v>246</v>
+        <v>245</v>
       </c>
       <c r="I68" s="5" t="s">
-        <v>254</v>
+        <v>253</v>
       </c>
     </row>
     <row r="69" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A69" s="10" t="s">
-[...2 lines deleted...]
-      <c r="B69" s="10" t="s">
+      <c r="A69" s="11" t="s">
+        <v>113</v>
+      </c>
+      <c r="B69" s="11" t="s">
+        <v>252</v>
+      </c>
+      <c r="C69" s="11">
+        <v>3</v>
+      </c>
+      <c r="D69" s="11" t="s">
+        <v>260</v>
+      </c>
+      <c r="E69" s="11" t="s">
+        <v>269</v>
+      </c>
+      <c r="F69" s="4" t="s">
+        <v>115</v>
+      </c>
+      <c r="G69" s="4" t="s">
+        <v>240</v>
+      </c>
+      <c r="H69" s="5" t="s">
+        <v>275</v>
+      </c>
+      <c r="I69" s="5" t="s">
         <v>253</v>
       </c>
-      <c r="C69" s="10">
-[...11 lines deleted...]
-      <c r="G69" s="4" t="s">
+    </row>
+    <row r="70" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A70" s="12"/>
+      <c r="B70" s="12"/>
+      <c r="C70" s="12"/>
+      <c r="D70" s="12"/>
+      <c r="E70" s="12"/>
+      <c r="F70" s="4" t="s">
+        <v>117</v>
+      </c>
+      <c r="G70" s="4" t="s">
         <v>241</v>
-      </c>
-[...17 lines deleted...]
-        <v>242</v>
       </c>
       <c r="H70" s="5"/>
       <c r="I70" s="5" t="s">
-        <v>254</v>
+        <v>253</v>
       </c>
     </row>
     <row r="71" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A71" s="11"/>
-[...3 lines deleted...]
-      <c r="E71" s="11"/>
+      <c r="A71" s="12"/>
+      <c r="B71" s="12"/>
+      <c r="C71" s="12"/>
+      <c r="D71" s="12"/>
+      <c r="E71" s="12"/>
       <c r="F71" s="4" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="G71" s="4" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="H71" s="5"/>
       <c r="I71" s="5" t="s">
-        <v>254</v>
+        <v>253</v>
       </c>
     </row>
     <row r="72" spans="1:9" s="6" customFormat="1" ht="30" x14ac:dyDescent="0.25">
-      <c r="A72" s="11"/>
-[...3 lines deleted...]
-      <c r="E72" s="11"/>
+      <c r="A72" s="12"/>
+      <c r="B72" s="12"/>
+      <c r="C72" s="12"/>
+      <c r="D72" s="12"/>
+      <c r="E72" s="12"/>
       <c r="F72" s="4" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="G72" s="4" t="s">
+        <v>121</v>
+      </c>
+      <c r="H72" s="5" t="s">
+        <v>277</v>
+      </c>
+      <c r="I72" s="5" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="73" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A73" s="12"/>
+      <c r="B73" s="12"/>
+      <c r="C73" s="12"/>
+      <c r="D73" s="12"/>
+      <c r="E73" s="12"/>
+      <c r="F73" s="4" t="s">
         <v>122</v>
       </c>
-      <c r="H72" s="5" t="s">
+      <c r="G73" s="4" t="s">
+        <v>280</v>
+      </c>
+      <c r="H73" s="5" t="s">
         <v>278</v>
       </c>
-      <c r="I72" s="5" t="s">
-[...9 lines deleted...]
-      <c r="F73" s="4" t="s">
+      <c r="I73" s="5" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="74" spans="1:9" s="6" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A74" s="12"/>
+      <c r="B74" s="12"/>
+      <c r="C74" s="12"/>
+      <c r="D74" s="12"/>
+      <c r="E74" s="12"/>
+      <c r="F74" s="4" t="s">
         <v>123</v>
       </c>
-      <c r="G73" s="4" t="s">
-[...15 lines deleted...]
-      <c r="F74" s="4" t="s">
+      <c r="G74" s="4" t="s">
         <v>124</v>
       </c>
-      <c r="G74" s="4" t="s">
+      <c r="H74" s="5" t="s">
+        <v>244</v>
+      </c>
+      <c r="I74" s="5" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="75" spans="1:9" s="6" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A75" s="13"/>
+      <c r="B75" s="13"/>
+      <c r="C75" s="13"/>
+      <c r="D75" s="13"/>
+      <c r="E75" s="13"/>
+      <c r="F75" s="4" t="s">
         <v>125</v>
       </c>
-      <c r="H74" s="5" t="s">
-[...14 lines deleted...]
-      </c>
       <c r="G75" s="4" t="s">
-        <v>244</v>
+        <v>243</v>
       </c>
       <c r="H75" s="5"/>
       <c r="I75" s="5" t="s">
-        <v>254</v>
+        <v>253</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="15">
+    <mergeCell ref="A46:A67"/>
+    <mergeCell ref="B46:B67"/>
+    <mergeCell ref="C46:C67"/>
+    <mergeCell ref="D46:D67"/>
+    <mergeCell ref="E46:E67"/>
+    <mergeCell ref="A10:A45"/>
+    <mergeCell ref="B10:B45"/>
+    <mergeCell ref="C10:C45"/>
+    <mergeCell ref="D10:D45"/>
+    <mergeCell ref="E10:E45"/>
     <mergeCell ref="A69:A75"/>
     <mergeCell ref="B69:B75"/>
     <mergeCell ref="C69:C75"/>
     <mergeCell ref="D69:D75"/>
     <mergeCell ref="E69:E75"/>
-    <mergeCell ref="A10:A45"/>
-[...8 lines deleted...]
-    <mergeCell ref="E46:E67"/>
   </mergeCells>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.19685039370078741" right="0.19685039370078741" top="0.59055118110236227" bottom="0.39370078740157483" header="0.19685039370078741" footer="0.19685039370078741"/>
   <pageSetup paperSize="9" scale="36" orientation="landscape" verticalDpi="0" r:id="rId1"/>
   <drawing r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Arbeitsblätter</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>