--- v0 (2025-12-22)
+++ v1 (2026-01-12)
@@ -1,18903 +1,31704 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
-  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default Extension="xml" ContentType="application/xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-[...4 lines deleted...]
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Default ContentType="image/png" Extension="png"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId5"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId6"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId7"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-[...10 lines deleted...]
-  </bookViews>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <workbookPr date1904="false"/>
   <sheets>
-    <sheet name="Medikamentenliste 2026" sheetId="1" r:id="rId1"/>
+    <sheet sheetId="1" name="Medikamentenliste 2026" r:id="rId1"/>
   </sheets>
-  <calcPr calcId="0"/>
 </workbook>
 </file>
 
-<file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-[...8404 lines deleted...]
-
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="13" x14ac:knownFonts="1">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <numFmts count="2">
+    <numFmt formatCode="yyyy/mm/dd" numFmtId="100"/>
+    <numFmt formatCode="yyyy/mm/dd hh:mm:ss" numFmtId="101"/>
+  </numFmts>
+  <fonts count="9">
     <font>
+      <name val="Arial"/>
       <sz val="11"/>
+      <family val="1"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <b val="1"/>
       <name val="Arial"/>
       <family val="1"/>
     </font>
     <font>
-      <b/>
-[...5 lines deleted...]
-      <b/>
       <sz val="9"/>
+      <b val="1"/>
       <name val="Arial"/>
       <family val="1"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="1"/>
+      <color rgb="FFFF0000"/>
     </font>
     <font>
-      <b/>
       <sz val="8"/>
+      <name val="Arial"/>
+      <family val="1"/>
+    </font>
+    <font>
+      <sz val="8"/>
+      <b val="1"/>
       <name val="Arial"/>
       <family val="1"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="1"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="1"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="1"/>
     </font>
-    <font>
-[...23 lines deleted...]
-    </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
-  <borders count="4">
+  <borders count="5">
+    <border/>
     <border>
-      <left/>
-[...3 lines deleted...]
-      <diagonal/>
+      <left style="thin">
+        <color rgb="FF000000"/>
+      </left>
+      <right style="thin">
+        <color rgb="FF000000"/>
+      </right>
+      <top style="thin">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FF000000"/>
+      </bottom>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
-      <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
-      <top/>
-[...1 lines deleted...]
-      <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
-      <top/>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
-      <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="2">
+  <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="9">
+  <cellXfs count="11">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyFont="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0"/>
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFont="1" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFont="1" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" applyNumberFormat="0" applyFont="1" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" applyNumberFormat="0" applyFont="1" applyFill="0" applyBorder="1" applyAlignment="1" applyProtection="0">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="1" applyFont="1"/>
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyNumberFormat="0" applyFont="1" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyNumberFormat="0" applyFont="1" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="3" applyNumberFormat="0" applyFont="1" applyFill="0" applyBorder="1" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="4" applyNumberFormat="0" applyFont="1" applyFill="0" applyBorder="1" applyAlignment="0" applyProtection="0"/>
   </cellXfs>
-  <cellStyles count="2">
-[...1 lines deleted...]
-    <cellStyle name="Standard" xfId="0" builtinId="0"/>
+  <cellStyles count="1">
+    <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
-  <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
-[...7 lines deleted...]
-  </extLst>
+  <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId1"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId2"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="../media/image1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>7</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="762000" cy="619125"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="Grafik 1">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="2" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="2336800" cy="2161540"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-[...295 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="../drawings/drawing1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Id="rId4"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:H413"/>
+  <dimension ref="A1:A414"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" showWhiteSpace="0" workbookViewId="0">
-[...1 lines deleted...]
-      <selection pane="bottomLeft" activeCell="A6" sqref="A6"/>
+    <sheetView defaultGridColor="1" rightToLeft="0" showFormulas="0" showGridLines="0" showRowColHeaders="1" showRuler="1" showWhiteSpace="0" showZeros="1" tabSelected="0" windowProtection="0" showOutlineSymbols="1" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0" workbookViewId="0" zoomScale="100">
+      <pane activePane="bottomRight" state="frozenSplit" topLeftCell="A7" xSplit="0" ySplit="6"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="9" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
-    <col min="1" max="2" width="10" bestFit="1" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="6" max="8" width="10" bestFit="1" customWidth="1"/>
+    <col width="10" min="1" max="1" bestFit="1" customWidth="1"/>
+    <col width="10" min="2" max="2" bestFit="1" customWidth="1"/>
+    <col width="50" min="3" max="3" bestFit="1" customWidth="1"/>
+    <col width="30" min="4" max="4" bestFit="1" customWidth="1"/>
+    <col width="20" min="5" max="5" bestFit="1" customWidth="1"/>
+    <col width="10" min="6" max="6" bestFit="1" customWidth="1"/>
+    <col width="10" min="7" max="7" bestFit="1" customWidth="1"/>
+    <col width="10" min="8" max="8" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...9873 lines deleted...]
-        <v>879</v>
+    <row customHeight="1" ht="15" r="1">
+      <c r="A1" s="3" t="inlineStr">
+        <is>
+          <t>Liste der hochteuren Medikamente / Substanzen</t>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="15" r="2">
+      <c r="A2" s="4" t="inlineStr">
+        <is>
+          <t>gültig ab dem 1. Januar 2026</t>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="13" r="3"/>
+    <row customHeight="1" ht="13" r="4"/>
+    <row customHeight="1" ht="13" r="5">
+      <c r="A5" s="5" t="inlineStr">
+        <is>
+          <t>06.01.2026: ATC Kodes 2026 für Efgartigimod alfa (alt: L04AA58, neu: L04AL01) und Rozanolixizumab (alt: L04AG16, neu: L04AL02) aktualisiert</t>
+        </is>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" s="6" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <b val="1"/>
+              <sz val="8"/>
+            </rPr>
+            <t>ATC Code 2026</t>
+          </r>
+        </is>
+      </c>
+      <c r="B6" s="6" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <b val="1"/>
+              <sz val="8"/>
+            </rPr>
+            <t>ATC Code 2025</t>
+          </r>
+        </is>
+      </c>
+      <c r="C6" s="6" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <b val="1"/>
+              <sz val="8"/>
+            </rPr>
+            <t>Medikament / Substanz</t>
+          </r>
+          <r>
+            <rPr>
+              <b val="1"/>
+              <sz val="8"/>
+              <vertAlign val="superscript"/>
+            </rPr>
+            <t> 1)</t>
+          </r>
+        </is>
+      </c>
+      <c r="D6" s="6" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <b val="1"/>
+              <sz val="8"/>
+            </rPr>
+            <t>zu codierende Zusatzangaben</t>
+          </r>
+          <r>
+            <rPr>
+              <b val="1"/>
+              <sz val="8"/>
+              <vertAlign val="superscript"/>
+            </rPr>
+            <t> 2)</t>
+          </r>
+        </is>
+      </c>
+      <c r="E6" s="6" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <b val="1"/>
+              <sz val="8"/>
+            </rPr>
+            <t>Einschränkung</t>
+          </r>
+          <r>
+            <rPr>
+              <b val="1"/>
+              <sz val="8"/>
+              <vertAlign val="superscript"/>
+            </rPr>
+            <t> 3)</t>
+          </r>
+        </is>
+      </c>
+      <c r="F6" s="6" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <b val="1"/>
+              <sz val="8"/>
+            </rPr>
+            <t>Verabreichungsart</t>
+          </r>
+          <r>
+            <rPr>
+              <b val="1"/>
+              <sz val="8"/>
+              <vertAlign val="superscript"/>
+            </rPr>
+            <t> 4)</t>
+          </r>
+        </is>
+      </c>
+      <c r="G6" s="6" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <b val="1"/>
+              <sz val="8"/>
+            </rPr>
+            <t>Einheit</t>
+          </r>
+          <r>
+            <rPr>
+              <b val="1"/>
+              <sz val="8"/>
+              <vertAlign val="superscript"/>
+            </rPr>
+            <t> 5)</t>
+          </r>
+        </is>
+      </c>
+      <c r="H6" s="6" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <b val="1"/>
+              <sz val="8"/>
+            </rPr>
+            <t>zu erfassen seit</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="7">
+      <c r="A7" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>A05AX04</t>
+          </r>
+        </is>
+      </c>
+      <c r="B7" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>A05AX04</t>
+          </r>
+        </is>
+      </c>
+      <c r="C7" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Maralixibatchlorid</t>
+          </r>
+          <r>
+            <rPr>
+              <sz val="8"/>
+              <vertAlign val="superscript"/>
+            </rPr>
+            <t> 6)</t>
+          </r>
+        </is>
+      </c>
+      <c r="D7" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>CLM</t>
+          </r>
+          <r>
+            <rPr>
+              <sz val="8"/>
+              <vertAlign val="superscript"/>
+            </rPr>
+            <t> 7)</t>
+          </r>
+        </is>
+      </c>
+      <c r="E7" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F7" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>O</t>
+          </r>
+        </is>
+      </c>
+      <c r="G7" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mcg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H7" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2025</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="8">
+      <c r="A8" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>A07AA12</t>
+          </r>
+        </is>
+      </c>
+      <c r="B8" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>A07AA12</t>
+          </r>
+        </is>
+      </c>
+      <c r="C8" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Fidaxomicin</t>
+          </r>
+        </is>
+      </c>
+      <c r="D8" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E8" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F8" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>O</t>
+          </r>
+        </is>
+      </c>
+      <c r="G8" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H8" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2015</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="9">
+      <c r="A9" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>A16AA04</t>
+          </r>
+        </is>
+      </c>
+      <c r="B9" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>A16AA04</t>
+          </r>
+        </is>
+      </c>
+      <c r="C9" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Mercaptamin</t>
+          </r>
+        </is>
+      </c>
+      <c r="D9" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E9" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F9" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>O</t>
+          </r>
+        </is>
+      </c>
+      <c r="G9" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H9" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2021</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="10">
+      <c r="A10" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>A16AA05</t>
+          </r>
+        </is>
+      </c>
+      <c r="B10" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>A16AA05</t>
+          </r>
+        </is>
+      </c>
+      <c r="C10" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Carglumsäure</t>
+          </r>
+        </is>
+      </c>
+      <c r="D10" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E10" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F10" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>O</t>
+          </r>
+        </is>
+      </c>
+      <c r="G10" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H10" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2022</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="11">
+      <c r="A11" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>A16AB07</t>
+          </r>
+        </is>
+      </c>
+      <c r="B11" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>A16AB07</t>
+          </r>
+        </is>
+      </c>
+      <c r="C11" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Alglucosidase alfa</t>
+          </r>
+        </is>
+      </c>
+      <c r="D11" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E11" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F11" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G11" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H11" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>07.05.2025</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="12">
+      <c r="A12" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>A16AB15</t>
+          </r>
+        </is>
+      </c>
+      <c r="B12" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>A16AB15</t>
+          </r>
+        </is>
+      </c>
+      <c r="C12" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Velmanase alfa</t>
+          </r>
+        </is>
+      </c>
+      <c r="D12" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E12" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F12" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G12" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H12" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2024</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="13">
+      <c r="A13" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>A16AB17</t>
+          </r>
+        </is>
+      </c>
+      <c r="B13" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>A16AB17</t>
+          </r>
+        </is>
+      </c>
+      <c r="C13" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Cerliponase alfa</t>
+          </r>
+        </is>
+      </c>
+      <c r="D13" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E13" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F13" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>ICV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G13" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H13" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2025</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="14">
+      <c r="A14" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>A16AB20</t>
+          </r>
+        </is>
+      </c>
+      <c r="B14" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>A16AB20</t>
+          </r>
+        </is>
+      </c>
+      <c r="C14" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Pegunigalsidase alfa</t>
+          </r>
+        </is>
+      </c>
+      <c r="D14" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E14" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F14" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G14" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H14" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2024</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="15">
+      <c r="A15" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>A16AB21</t>
+          </r>
+        </is>
+      </c>
+      <c r="B15" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>A16AB21</t>
+          </r>
+        </is>
+      </c>
+      <c r="C15" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Atidarsagen autotemcel</t>
+          </r>
+        </is>
+      </c>
+      <c r="D15" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E15" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F15" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G15" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>AN</t>
+          </r>
+        </is>
+      </c>
+      <c r="H15" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2025</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="16">
+      <c r="A16" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>A16AB22</t>
+          </r>
+        </is>
+      </c>
+      <c r="B16" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>A16AB22</t>
+          </r>
+        </is>
+      </c>
+      <c r="C16" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Avalglucosidase alfa</t>
+          </r>
+        </is>
+      </c>
+      <c r="D16" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E16" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F16" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G16" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H16" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2023</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="17">
+      <c r="A17" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>A16AB23</t>
+          </r>
+        </is>
+      </c>
+      <c r="B17" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>A16AB23</t>
+          </r>
+        </is>
+      </c>
+      <c r="C17" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Cipaglucosidase alfa</t>
+          </r>
+        </is>
+      </c>
+      <c r="D17" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E17" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F17" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G17" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H17" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2024</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="18">
+      <c r="A18" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>A16AB25</t>
+          </r>
+        </is>
+      </c>
+      <c r="B18" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>A16AB25</t>
+          </r>
+        </is>
+      </c>
+      <c r="C18" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Olipudase alfa</t>
+          </r>
+        </is>
+      </c>
+      <c r="D18" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E18" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F18" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G18" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H18" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2025</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="19">
+      <c r="A19" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>A16AX06</t>
+          </r>
+        </is>
+      </c>
+      <c r="B19" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>A16AX06</t>
+          </r>
+        </is>
+      </c>
+      <c r="C19" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Miglustat</t>
+          </r>
+        </is>
+      </c>
+      <c r="D19" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E19" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F19" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>O</t>
+          </r>
+        </is>
+      </c>
+      <c r="G19" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H19" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2024</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="20">
+      <c r="A20" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>A16AX12</t>
+          </r>
+        </is>
+      </c>
+      <c r="B20" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>A16AX12</t>
+          </r>
+        </is>
+      </c>
+      <c r="C20" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Trientin dihydrochlorid</t>
+          </r>
+        </is>
+      </c>
+      <c r="D20" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E20" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F20" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>O</t>
+          </r>
+        </is>
+      </c>
+      <c r="G20" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H20" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2021</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="21">
+      <c r="A21" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>A16AX18</t>
+          </r>
+        </is>
+      </c>
+      <c r="B21" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>A16AX18</t>
+          </r>
+        </is>
+      </c>
+      <c r="C21" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Lumasiranum</t>
+          </r>
+        </is>
+      </c>
+      <c r="D21" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E21" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F21" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>SC</t>
+          </r>
+        </is>
+      </c>
+      <c r="G21" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H21" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2023</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="22">
+      <c r="A22" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>A16AX28</t>
+          </r>
+        </is>
+      </c>
+      <c r="B22" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>A16AX28</t>
+          </r>
+        </is>
+      </c>
+      <c r="C22" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Sepiapterin</t>
+          </r>
+        </is>
+      </c>
+      <c r="D22" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E22" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F22" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>O</t>
+          </r>
+        </is>
+      </c>
+      <c r="G22" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H22" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2026</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="23">
+      <c r="A23" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>B01AB02</t>
+          </r>
+        </is>
+      </c>
+      <c r="B23" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>B01AB02</t>
+          </r>
+        </is>
+      </c>
+      <c r="C23" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Antithrombin III</t>
+          </r>
+        </is>
+      </c>
+      <c r="D23" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E23" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F23" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G23" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>U</t>
+          </r>
+        </is>
+      </c>
+      <c r="H23" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2010</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="24">
+      <c r="A24" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>B01AC09</t>
+          </r>
+        </is>
+      </c>
+      <c r="B24" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>B01AC09</t>
+          </r>
+        </is>
+      </c>
+      <c r="C24" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Epoprostenol</t>
+          </r>
+        </is>
+      </c>
+      <c r="D24" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E24" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F24" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G24" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H24" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2020</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="25">
+      <c r="A25" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>B01AC11</t>
+          </r>
+        </is>
+      </c>
+      <c r="B25" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>B01AC11</t>
+          </r>
+        </is>
+      </c>
+      <c r="C25" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Iloprost</t>
+          </r>
+        </is>
+      </c>
+      <c r="D25" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E25" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F25" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Inhal, IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G25" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mcg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H25" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2019</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="26">
+      <c r="A26" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>B01AC21</t>
+          </r>
+        </is>
+      </c>
+      <c r="B26" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>B01AC21</t>
+          </r>
+        </is>
+      </c>
+      <c r="C26" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Treprostinil</t>
+          </r>
+        </is>
+      </c>
+      <c r="D26" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E26" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F26" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV, SC</t>
+          </r>
+        </is>
+      </c>
+      <c r="G26" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H26" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2016</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="27">
+      <c r="A27" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>B01AC25</t>
+          </r>
+        </is>
+      </c>
+      <c r="B27" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>B01AC25</t>
+          </r>
+        </is>
+      </c>
+      <c r="C27" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Cangrelor</t>
+          </r>
+        </is>
+      </c>
+      <c r="D27" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E27" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F27" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G27" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H27" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2019</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="28">
+      <c r="A28" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>B01AC27</t>
+          </r>
+        </is>
+      </c>
+      <c r="B28" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>B01AC27</t>
+          </r>
+        </is>
+      </c>
+      <c r="C28" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Selexipag</t>
+          </r>
+        </is>
+      </c>
+      <c r="D28" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E28" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F28" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>O</t>
+          </r>
+        </is>
+      </c>
+      <c r="G28" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mcg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H28" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2020</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="29">
+      <c r="A29" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>B01AD13</t>
+          </r>
+        </is>
+      </c>
+      <c r="B29" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>B01AD13</t>
+          </r>
+        </is>
+      </c>
+      <c r="C29" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Apadamtase alfa und Cinaxadamtase alfa</t>
+          </r>
+        </is>
+      </c>
+      <c r="D29" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E29" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F29" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G29" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>U</t>
+          </r>
+        </is>
+      </c>
+      <c r="H29" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2026</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="30">
+      <c r="A30" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>B01AE03</t>
+          </r>
+        </is>
+      </c>
+      <c r="B30" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>B01AE03</t>
+          </r>
+        </is>
+      </c>
+      <c r="C30" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Argatroban</t>
+          </r>
+        </is>
+      </c>
+      <c r="D30" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E30" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F30" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G30" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H30" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2020</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="31">
+      <c r="A31" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>B01AX01</t>
+          </r>
+        </is>
+      </c>
+      <c r="B31" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>B01AX01</t>
+          </r>
+        </is>
+      </c>
+      <c r="C31" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Defibrotid</t>
+          </r>
+        </is>
+      </c>
+      <c r="D31" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E31" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F31" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G31" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H31" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2017</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="32">
+      <c r="A32" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>B01AX07</t>
+          </r>
+        </is>
+      </c>
+      <c r="B32" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>B01AX07</t>
+          </r>
+        </is>
+      </c>
+      <c r="C32" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Caplacizumab</t>
+          </r>
+        </is>
+      </c>
+      <c r="D32" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E32" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F32" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV, SC</t>
+          </r>
+        </is>
+      </c>
+      <c r="G32" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H32" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2021</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="33">
+      <c r="A33" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>B02AB02</t>
+          </r>
+        </is>
+      </c>
+      <c r="B33" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>B02AB02</t>
+          </r>
+        </is>
+      </c>
+      <c r="C33" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Alpha-1 Protease-Inhibitor</t>
+          </r>
+        </is>
+      </c>
+      <c r="D33" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E33" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F33" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G33" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H33" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2023</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="34">
+      <c r="A34" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>B02BB01</t>
+          </r>
+        </is>
+      </c>
+      <c r="B34" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>B02BB01</t>
+          </r>
+        </is>
+      </c>
+      <c r="C34" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Fibrinogen, human</t>
+          </r>
+        </is>
+      </c>
+      <c r="D34" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E34" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F34" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G34" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>g</t>
+          </r>
+        </is>
+      </c>
+      <c r="H34" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2010</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="35">
+      <c r="A35" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>B02BD01</t>
+          </r>
+        </is>
+      </c>
+      <c r="B35" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>B02BD01</t>
+          </r>
+        </is>
+      </c>
+      <c r="C35" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Blutgerinnungsfaktoren IX, II, VII und X in Kombination</t>
+          </r>
+          <r>
+            <rPr>
+              <sz val="8"/>
+              <vertAlign val="superscript"/>
+            </rPr>
+            <t> 8)</t>
+          </r>
+        </is>
+      </c>
+      <c r="D35" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E35" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F35" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G35" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>U</t>
+          </r>
+        </is>
+      </c>
+      <c r="H35" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2010</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="36">
+      <c r="A36" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>B02BD02</t>
+          </r>
+        </is>
+      </c>
+      <c r="B36" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>B02BD02</t>
+          </r>
+        </is>
+      </c>
+      <c r="C36" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Blutgerinnungsfaktor VIII</t>
+          </r>
+        </is>
+      </c>
+      <c r="D36" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Rec, Plas</t>
+          </r>
+        </is>
+      </c>
+      <c r="E36" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F36" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G36" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>U</t>
+          </r>
+        </is>
+      </c>
+      <c r="H36" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2010</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="37">
+      <c r="A37" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>B02BD03</t>
+          </r>
+        </is>
+      </c>
+      <c r="B37" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>B02BD03</t>
+          </r>
+        </is>
+      </c>
+      <c r="C37" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Faktor-VIII-Inhibitor-bypass-Aktivität</t>
+          </r>
+        </is>
+      </c>
+      <c r="D37" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E37" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F37" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G37" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>U</t>
+          </r>
+        </is>
+      </c>
+      <c r="H37" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2010</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="38">
+      <c r="A38" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>B02BD04</t>
+          </r>
+        </is>
+      </c>
+      <c r="B38" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>B02BD04</t>
+          </r>
+        </is>
+      </c>
+      <c r="C38" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Blutgerinnungsfaktor IX</t>
+          </r>
+        </is>
+      </c>
+      <c r="D38" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>CAI, CBB</t>
+          </r>
+          <r>
+            <rPr>
+              <sz val="8"/>
+              <vertAlign val="superscript"/>
+            </rPr>
+            <t> 7)</t>
+          </r>
+        </is>
+      </c>
+      <c r="E38" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F38" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G38" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>U</t>
+          </r>
+        </is>
+      </c>
+      <c r="H38" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2010</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="39">
+      <c r="A39" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>B02BD05</t>
+          </r>
+        </is>
+      </c>
+      <c r="B39" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>B02BD05</t>
+          </r>
+        </is>
+      </c>
+      <c r="C39" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Blutgerinnungsfaktor VII</t>
+          </r>
+        </is>
+      </c>
+      <c r="D39" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E39" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F39" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G39" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>U</t>
+          </r>
+        </is>
+      </c>
+      <c r="H39" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2010</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="40">
+      <c r="A40" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>B02BD06</t>
+          </r>
+        </is>
+      </c>
+      <c r="B40" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>B02BD06</t>
+          </r>
+        </is>
+      </c>
+      <c r="C40" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Von Willebrand-Faktor und Blutgerinnungsfaktor VIII in Kombination</t>
+          </r>
+          <r>
+            <rPr>
+              <sz val="8"/>
+              <vertAlign val="superscript"/>
+            </rPr>
+            <t> 9)</t>
+          </r>
+        </is>
+      </c>
+      <c r="D40" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E40" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F40" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G40" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>U</t>
+          </r>
+        </is>
+      </c>
+      <c r="H40" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2010</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="41">
+      <c r="A41" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>B02BD07</t>
+          </r>
+        </is>
+      </c>
+      <c r="B41" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>B02BD07</t>
+          </r>
+        </is>
+      </c>
+      <c r="C41" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Blutgerinnungsfaktor XIII</t>
+          </r>
+        </is>
+      </c>
+      <c r="D41" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E41" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F41" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G41" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>U</t>
+          </r>
+        </is>
+      </c>
+      <c r="H41" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2010</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="42">
+      <c r="A42" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>B02BD08</t>
+          </r>
+        </is>
+      </c>
+      <c r="B42" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>B02BD08</t>
+          </r>
+        </is>
+      </c>
+      <c r="C42" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Blutgerinnungsfaktor VIIa</t>
+          </r>
+        </is>
+      </c>
+      <c r="D42" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E42" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F42" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G42" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H42" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2010</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="43">
+      <c r="A43" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>B02BD10</t>
+          </r>
+        </is>
+      </c>
+      <c r="B43" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>B02BD10</t>
+          </r>
+        </is>
+      </c>
+      <c r="C43" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Von Willebrand-Faktor</t>
+          </r>
+        </is>
+      </c>
+      <c r="D43" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E43" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F43" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G43" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>U</t>
+          </r>
+        </is>
+      </c>
+      <c r="H43" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2016</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="44">
+      <c r="A44" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>B02BD14</t>
+          </r>
+        </is>
+      </c>
+      <c r="B44" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>B02BD14</t>
+          </r>
+        </is>
+      </c>
+      <c r="C44" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Susoctocog alfa</t>
+          </r>
+        </is>
+      </c>
+      <c r="D44" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E44" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F44" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G44" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>U</t>
+          </r>
+        </is>
+      </c>
+      <c r="H44" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2017</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="45">
+      <c r="A45" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>B02BD16</t>
+          </r>
+        </is>
+      </c>
+      <c r="B45" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>B02BD16</t>
+          </r>
+        </is>
+      </c>
+      <c r="C45" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Etranacogene Dezaparvovec</t>
+          </r>
+        </is>
+      </c>
+      <c r="D45" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E45" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F45" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G45" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>AN</t>
+          </r>
+        </is>
+      </c>
+      <c r="H45" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2024</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="46">
+      <c r="A46" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>B02BX04</t>
+          </r>
+        </is>
+      </c>
+      <c r="B46" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>B02BX04</t>
+          </r>
+        </is>
+      </c>
+      <c r="C46" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Romiplostim</t>
+          </r>
+        </is>
+      </c>
+      <c r="D46" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E46" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F46" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>SC</t>
+          </r>
+        </is>
+      </c>
+      <c r="G46" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mcg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H46" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2012</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="47">
+      <c r="A47" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>B02BX05</t>
+          </r>
+        </is>
+      </c>
+      <c r="B47" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>B02BX05</t>
+          </r>
+        </is>
+      </c>
+      <c r="C47" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Eltrombopag</t>
+          </r>
+        </is>
+      </c>
+      <c r="D47" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E47" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F47" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>O</t>
+          </r>
+        </is>
+      </c>
+      <c r="G47" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H47" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2020</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="48">
+      <c r="A48" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>B02BX06</t>
+          </r>
+        </is>
+      </c>
+      <c r="B48" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>B02BX06</t>
+          </r>
+        </is>
+      </c>
+      <c r="C48" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Emicizumab</t>
+          </r>
+        </is>
+      </c>
+      <c r="D48" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E48" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F48" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>SC</t>
+          </r>
+        </is>
+      </c>
+      <c r="G48" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H48" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2020</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="49">
+      <c r="A49" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>B02BX10</t>
+          </r>
+        </is>
+      </c>
+      <c r="B49" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>B02BX10</t>
+          </r>
+        </is>
+      </c>
+      <c r="C49" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Concizumab</t>
+          </r>
+        </is>
+      </c>
+      <c r="D49" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E49" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F49" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>SC</t>
+          </r>
+        </is>
+      </c>
+      <c r="G49" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H49" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2025</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="50">
+      <c r="A50" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>B02BX11</t>
+          </r>
+        </is>
+      </c>
+      <c r="B50" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>B02BX11</t>
+          </r>
+        </is>
+      </c>
+      <c r="C50" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Marstacimab</t>
+          </r>
+        </is>
+      </c>
+      <c r="D50" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E50" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F50" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>SC</t>
+          </r>
+        </is>
+      </c>
+      <c r="G50" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H50" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2025</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="51">
+      <c r="A51" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>B06AB01</t>
+          </r>
+        </is>
+      </c>
+      <c r="B51" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>B06AB01</t>
+          </r>
+        </is>
+      </c>
+      <c r="C51" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Hemin</t>
+          </r>
+        </is>
+      </c>
+      <c r="D51" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E51" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F51" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G51" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H51" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2020</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="52">
+      <c r="A52" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>B06AC01</t>
+          </r>
+        </is>
+      </c>
+      <c r="B52" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>B06AC01</t>
+          </r>
+        </is>
+      </c>
+      <c r="C52" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>C1-Inhibitor, aus Plasma gewonnen</t>
+          </r>
+        </is>
+      </c>
+      <c r="D52" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E52" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F52" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G52" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>U</t>
+          </r>
+        </is>
+      </c>
+      <c r="H52" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2013</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="53">
+      <c r="A53" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>B06AC02</t>
+          </r>
+        </is>
+      </c>
+      <c r="B53" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>B06AC02</t>
+          </r>
+        </is>
+      </c>
+      <c r="C53" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Icatibant</t>
+          </r>
+        </is>
+      </c>
+      <c r="D53" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E53" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F53" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>SC</t>
+          </r>
+        </is>
+      </c>
+      <c r="G53" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H53" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2022</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="54">
+      <c r="A54" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>B06AC05</t>
+          </r>
+        </is>
+      </c>
+      <c r="B54" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>B06AC05</t>
+          </r>
+        </is>
+      </c>
+      <c r="C54" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Lanadelumab</t>
+          </r>
+        </is>
+      </c>
+      <c r="D54" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E54" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F54" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>SC</t>
+          </r>
+        </is>
+      </c>
+      <c r="G54" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H54" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2026</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="55">
+      <c r="A55" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>B06AC07</t>
+          </r>
+        </is>
+      </c>
+      <c r="B55" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>B06AC07</t>
+          </r>
+        </is>
+      </c>
+      <c r="C55" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Garadacimab</t>
+          </r>
+        </is>
+      </c>
+      <c r="D55" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E55" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F55" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>SC</t>
+          </r>
+        </is>
+      </c>
+      <c r="G55" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H55" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2026</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="56">
+      <c r="A56" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>B06AC08</t>
+          </r>
+        </is>
+      </c>
+      <c r="B56" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>B06AC08</t>
+          </r>
+        </is>
+      </c>
+      <c r="C56" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Sebetralstat</t>
+          </r>
+        </is>
+      </c>
+      <c r="D56" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E56" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F56" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>O</t>
+          </r>
+        </is>
+      </c>
+      <c r="G56" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H56" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2026</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="57">
+      <c r="A57" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>B06AX05</t>
+          </r>
+        </is>
+      </c>
+      <c r="B57" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>B06AX05</t>
+          </r>
+        </is>
+      </c>
+      <c r="C57" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Exagamglogene autotemcel</t>
+          </r>
+        </is>
+      </c>
+      <c r="D57" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E57" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F57" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G57" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>AN</t>
+          </r>
+        </is>
+      </c>
+      <c r="H57" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2024</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="58">
+      <c r="A58" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>C01CX08</t>
+          </r>
+        </is>
+      </c>
+      <c r="B58" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>C01CX08</t>
+          </r>
+        </is>
+      </c>
+      <c r="C58" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Levosimendan</t>
+          </r>
+        </is>
+      </c>
+      <c r="D58" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E58" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F58" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G58" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H58" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2012</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="59">
+      <c r="A59" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>C01EB24</t>
+          </r>
+        </is>
+      </c>
+      <c r="B59" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>C01EB24</t>
+          </r>
+        </is>
+      </c>
+      <c r="C59" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Mavacamten</t>
+          </r>
+          <r>
+            <rPr>
+              <sz val="8"/>
+              <vertAlign val="superscript"/>
+            </rPr>
+            <t> 10)</t>
+          </r>
+        </is>
+      </c>
+      <c r="D59" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E59" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F59" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>O</t>
+          </r>
+        </is>
+      </c>
+      <c r="G59" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H59" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2024</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="60">
+      <c r="A60" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>C02KX01</t>
+          </r>
+        </is>
+      </c>
+      <c r="B60" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>C02KX01</t>
+          </r>
+        </is>
+      </c>
+      <c r="C60" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Bosentan</t>
+          </r>
+        </is>
+      </c>
+      <c r="D60" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E60" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F60" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>O</t>
+          </r>
+        </is>
+      </c>
+      <c r="G60" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H60" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2010</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="61">
+      <c r="A61" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>C02KX04</t>
+          </r>
+        </is>
+      </c>
+      <c r="B61" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>C02KX04</t>
+          </r>
+        </is>
+      </c>
+      <c r="C61" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Macitentan</t>
+          </r>
+        </is>
+      </c>
+      <c r="D61" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E61" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F61" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>O</t>
+          </r>
+        </is>
+      </c>
+      <c r="G61" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H61" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2017</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="62">
+      <c r="A62" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>C02KX05</t>
+          </r>
+        </is>
+      </c>
+      <c r="B62" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>C02KX05</t>
+          </r>
+        </is>
+      </c>
+      <c r="C62" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Riociguat</t>
+          </r>
+        </is>
+      </c>
+      <c r="D62" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E62" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F62" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>O</t>
+          </r>
+        </is>
+      </c>
+      <c r="G62" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H62" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2017</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="63">
+      <c r="A63" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>C02KX06</t>
+          </r>
+        </is>
+      </c>
+      <c r="B63" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>C02KX06</t>
+          </r>
+        </is>
+      </c>
+      <c r="C63" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Sotatercept</t>
+          </r>
+        </is>
+      </c>
+      <c r="D63" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E63" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F63" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>SC</t>
+          </r>
+        </is>
+      </c>
+      <c r="G63" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H63" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2026</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="64">
+      <c r="A64" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>C09XX01</t>
+          </r>
+        </is>
+      </c>
+      <c r="B64" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>C09XX01</t>
+          </r>
+        </is>
+      </c>
+      <c r="C64" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Sparsentan</t>
+          </r>
+          <r>
+            <rPr>
+              <sz val="8"/>
+              <vertAlign val="superscript"/>
+            </rPr>
+            <t> 10)</t>
+          </r>
+        </is>
+      </c>
+      <c r="D64" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E64" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F64" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>O</t>
+          </r>
+        </is>
+      </c>
+      <c r="G64" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H64" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2026</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="65">
+      <c r="A65" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>CH00202</t>
+          </r>
+        </is>
+      </c>
+      <c r="B65" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>CH00202</t>
+          </r>
+        </is>
+      </c>
+      <c r="C65" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Autologes CD34+-Zellen enkodierendes βA-T87Q-Globin-Gen</t>
+          </r>
+          <r>
+            <rPr>
+              <sz val="8"/>
+              <vertAlign val="superscript"/>
+            </rPr>
+            <t> 11)</t>
+          </r>
+        </is>
+      </c>
+      <c r="D65" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E65" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F65" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G65" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>AN</t>
+          </r>
+        </is>
+      </c>
+      <c r="H65" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2020</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="66">
+      <c r="A66" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>CH00203</t>
+          </r>
+        </is>
+      </c>
+      <c r="B66" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>CH00203</t>
+          </r>
+        </is>
+      </c>
+      <c r="C66" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Autologe CD34+-angereicherte Zellfraktion, die CD34+-Zellen enthält, die mit retroviralem Vektor transduziert wurden, der für die humane ADA-cDNASequenz codiert</t>
+          </r>
+          <r>
+            <rPr>
+              <sz val="8"/>
+              <vertAlign val="superscript"/>
+            </rPr>
+            <t> 11)</t>
+          </r>
+        </is>
+      </c>
+      <c r="D66" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E66" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F66" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G66" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>AN</t>
+          </r>
+        </is>
+      </c>
+      <c r="H66" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2020</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="67">
+      <c r="A67" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>CH00301</t>
+          </r>
+        </is>
+      </c>
+      <c r="B67" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>CH00301</t>
+          </r>
+        </is>
+      </c>
+      <c r="C67" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Tumor infiltrierende Lymphozyten (TIL)</t>
+          </r>
+          <r>
+            <rPr>
+              <sz val="8"/>
+              <vertAlign val="superscript"/>
+            </rPr>
+            <t> 11)</t>
+          </r>
+        </is>
+      </c>
+      <c r="D67" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E67" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F67" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G67" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>AN</t>
+          </r>
+        </is>
+      </c>
+      <c r="H67" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2024</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="68">
+      <c r="A68" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>CH00302</t>
+          </r>
+        </is>
+      </c>
+      <c r="B68" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>CH00302</t>
+          </r>
+        </is>
+      </c>
+      <c r="C68" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Virus spezifische T-Lymphozyten (VST)</t>
+          </r>
+          <r>
+            <rPr>
+              <sz val="8"/>
+              <vertAlign val="superscript"/>
+            </rPr>
+            <t> 11)</t>
+          </r>
+        </is>
+      </c>
+      <c r="D68" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E68" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F68" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G68" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>AN</t>
+          </r>
+        </is>
+      </c>
+      <c r="H68" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2024</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="69">
+      <c r="A69" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>CH00405</t>
+          </r>
+        </is>
+      </c>
+      <c r="B69" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>CH00405</t>
+          </r>
+        </is>
+      </c>
+      <c r="C69" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Cevostamab</t>
+          </r>
+        </is>
+      </c>
+      <c r="D69" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E69" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F69" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G69" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H69" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2026</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="70">
+      <c r="A70" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>CH00406</t>
+          </r>
+        </is>
+      </c>
+      <c r="B70" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>CH00406</t>
+          </r>
+        </is>
+      </c>
+      <c r="C70" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Dordavipron</t>
+          </r>
+        </is>
+      </c>
+      <c r="D70" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E70" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F70" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>O</t>
+          </r>
+        </is>
+      </c>
+      <c r="G70" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H70" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2026</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="71">
+      <c r="A71" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>CH19003</t>
+          </r>
+        </is>
+      </c>
+      <c r="B71" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>CH19003</t>
+          </r>
+        </is>
+      </c>
+      <c r="C71" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Bamlanivimab und Etesevimab</t>
+          </r>
+          <r>
+            <rPr>
+              <sz val="8"/>
+              <vertAlign val="superscript"/>
+            </rPr>
+            <t> 12)</t>
+          </r>
+        </is>
+      </c>
+      <c r="D71" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E71" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F71" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G71" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H71" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>31.05.2021</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="72">
+      <c r="A72" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>D03BA03</t>
+          </r>
+        </is>
+      </c>
+      <c r="B72" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>D03BA03</t>
+          </r>
+        </is>
+      </c>
+      <c r="C72" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Bromelain</t>
+          </r>
+        </is>
+      </c>
+      <c r="D72" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E72" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>nur für topische Anwendung in Verbrennungszentren</t>
+          </r>
+        </is>
+      </c>
+      <c r="F72" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>T</t>
+          </r>
+        </is>
+      </c>
+      <c r="G72" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>g</t>
+          </r>
+        </is>
+      </c>
+      <c r="H72" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2018</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="73">
+      <c r="A73" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>D11AH05</t>
+          </r>
+        </is>
+      </c>
+      <c r="B73" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>D11AH05</t>
+          </r>
+        </is>
+      </c>
+      <c r="C73" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Dupilumab</t>
+          </r>
+        </is>
+      </c>
+      <c r="D73" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E73" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F73" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>SC</t>
+          </r>
+        </is>
+      </c>
+      <c r="G73" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H73" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2021</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="74">
+      <c r="A74" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>D11AH10</t>
+          </r>
+        </is>
+      </c>
+      <c r="B74" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>D11AH10</t>
+          </r>
+        </is>
+      </c>
+      <c r="C74" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Lebrikizumab</t>
+          </r>
+        </is>
+      </c>
+      <c r="D74" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E74" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F74" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>SC</t>
+          </r>
+        </is>
+      </c>
+      <c r="G74" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H74" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2025</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="75">
+      <c r="A75" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>D11AH12</t>
+          </r>
+        </is>
+      </c>
+      <c r="B75" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>D11AH12</t>
+          </r>
+        </is>
+      </c>
+      <c r="C75" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Nemolizumab</t>
+          </r>
+        </is>
+      </c>
+      <c r="D75" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E75" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F75" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>SC</t>
+          </r>
+        </is>
+      </c>
+      <c r="G75" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H75" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2026</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="76">
+      <c r="A76" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>H01AC07</t>
+          </r>
+        </is>
+      </c>
+      <c r="B76" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>H01AC07</t>
+          </r>
+        </is>
+      </c>
+      <c r="C76" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Somapacitan</t>
+          </r>
+        </is>
+      </c>
+      <c r="D76" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E76" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F76" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>SC</t>
+          </r>
+        </is>
+      </c>
+      <c r="G76" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H76" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2025</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="77">
+      <c r="A77" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>H01BA04</t>
+          </r>
+        </is>
+      </c>
+      <c r="B77" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>H01BA04</t>
+          </r>
+        </is>
+      </c>
+      <c r="C77" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Terlipressin</t>
+          </r>
+        </is>
+      </c>
+      <c r="D77" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E77" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F77" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>ET, Inhal, IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G77" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H77" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2010</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="78">
+      <c r="A78" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>J01AA12</t>
+          </r>
+        </is>
+      </c>
+      <c r="B78" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>J01AA12</t>
+          </r>
+        </is>
+      </c>
+      <c r="C78" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Tigecyclin</t>
+          </r>
+          <r>
+            <rPr>
+              <sz val="8"/>
+              <vertAlign val="superscript"/>
+            </rPr>
+            <t> 10)</t>
+          </r>
+        </is>
+      </c>
+      <c r="D78" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E78" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F78" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G78" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H78" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2025</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="79">
+      <c r="A79" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>J01AA13</t>
+          </r>
+        </is>
+      </c>
+      <c r="B79" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>J01AA13</t>
+          </r>
+        </is>
+      </c>
+      <c r="C79" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Eravacyclin</t>
+          </r>
+          <r>
+            <rPr>
+              <sz val="8"/>
+              <vertAlign val="superscript"/>
+            </rPr>
+            <t> 10)</t>
+          </r>
+        </is>
+      </c>
+      <c r="D79" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E79" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F79" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G79" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H79" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2025</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="80">
+      <c r="A80" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>J01CG30</t>
+          </r>
+        </is>
+      </c>
+      <c r="B80" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="C80" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Sulbactam und Durlobactam</t>
+          </r>
+          <r>
+            <rPr>
+              <sz val="8"/>
+              <vertAlign val="superscript"/>
+            </rPr>
+            <t> 13)</t>
+          </r>
+        </is>
+      </c>
+      <c r="D80" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E80" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F80" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G80" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>g</t>
+          </r>
+        </is>
+      </c>
+      <c r="H80" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2026</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="81">
+      <c r="A81" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>J01DD52</t>
+          </r>
+        </is>
+      </c>
+      <c r="B81" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>J01DD52</t>
+          </r>
+        </is>
+      </c>
+      <c r="C81" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Ceftazidim und Avibactam</t>
+          </r>
+          <r>
+            <rPr>
+              <sz val="8"/>
+              <vertAlign val="superscript"/>
+            </rPr>
+            <t> 14)</t>
+          </r>
+        </is>
+      </c>
+      <c r="D81" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>CZC</t>
+          </r>
+          <r>
+            <rPr>
+              <sz val="8"/>
+              <vertAlign val="superscript"/>
+            </rPr>
+            <t> 7)</t>
+          </r>
+        </is>
+      </c>
+      <c r="E81" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F81" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G81" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>g</t>
+          </r>
+        </is>
+      </c>
+      <c r="H81" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2019</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="82">
+      <c r="A82" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>J01DF01</t>
+          </r>
+        </is>
+      </c>
+      <c r="B82" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>J01DF01</t>
+          </r>
+        </is>
+      </c>
+      <c r="C82" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Aztreonam</t>
+          </r>
+          <r>
+            <rPr>
+              <sz val="8"/>
+              <vertAlign val="superscript"/>
+            </rPr>
+            <t> 10)</t>
+          </r>
+        </is>
+      </c>
+      <c r="D82" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>CCS, CAZ</t>
+          </r>
+          <r>
+            <rPr>
+              <sz val="8"/>
+              <vertAlign val="superscript"/>
+            </rPr>
+            <t> 7)</t>
+          </r>
+        </is>
+      </c>
+      <c r="E82" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F82" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Inhal, IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G82" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>g</t>
+          </r>
+        </is>
+      </c>
+      <c r="H82" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2022</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="83">
+      <c r="A83" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>J01DF51</t>
+          </r>
+        </is>
+      </c>
+      <c r="B83" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>J01DF51</t>
+          </r>
+        </is>
+      </c>
+      <c r="C83" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Aztreonam und Avibactam </t>
+          </r>
+          <r>
+            <rPr>
+              <sz val="8"/>
+              <vertAlign val="superscript"/>
+            </rPr>
+            <t> 15)</t>
+          </r>
+        </is>
+      </c>
+      <c r="D83" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>CEL</t>
+          </r>
+          <r>
+            <rPr>
+              <sz val="8"/>
+              <vertAlign val="superscript"/>
+            </rPr>
+            <t> 7)</t>
+          </r>
+        </is>
+      </c>
+      <c r="E83" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F83" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G83" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>g</t>
+          </r>
+        </is>
+      </c>
+      <c r="H83" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2025</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="84">
+      <c r="A84" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>J01DH02</t>
+          </r>
+        </is>
+      </c>
+      <c r="B84" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>J01DH02</t>
+          </r>
+        </is>
+      </c>
+      <c r="C84" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Meropenem</t>
+          </r>
+          <r>
+            <rPr>
+              <sz val="8"/>
+              <vertAlign val="superscript"/>
+            </rPr>
+            <t> 10)</t>
+          </r>
+        </is>
+      </c>
+      <c r="D84" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E84" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F84" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G84" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>g</t>
+          </r>
+        </is>
+      </c>
+      <c r="H84" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2026</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="85">
+      <c r="A85" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>J01DH51</t>
+          </r>
+        </is>
+      </c>
+      <c r="B85" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>J01DH51</t>
+          </r>
+        </is>
+      </c>
+      <c r="C85" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Imipenem und Cilastin</t>
+          </r>
+          <r>
+            <rPr>
+              <sz val="8"/>
+              <vertAlign val="superscript"/>
+            </rPr>
+            <t> 16)</t>
+          </r>
+          <r>
+            <rPr>
+              <sz val="8"/>
+              <vertAlign val="superscript"/>
+            </rPr>
+            <t> 10)</t>
+          </r>
+        </is>
+      </c>
+      <c r="D85" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E85" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F85" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G85" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>g</t>
+          </r>
+        </is>
+      </c>
+      <c r="H85" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2026</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="86">
+      <c r="A86" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>J01DH52</t>
+          </r>
+        </is>
+      </c>
+      <c r="B86" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>J01DH52</t>
+          </r>
+        </is>
+      </c>
+      <c r="C86" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Meropenem und Vaborbactam</t>
+          </r>
+          <r>
+            <rPr>
+              <sz val="8"/>
+              <vertAlign val="superscript"/>
+            </rPr>
+            <t> 17)</t>
+          </r>
+          <r>
+            <rPr>
+              <sz val="8"/>
+              <vertAlign val="superscript"/>
+            </rPr>
+            <t> 10)</t>
+          </r>
+        </is>
+      </c>
+      <c r="D86" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E86" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F86" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G86" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>g</t>
+          </r>
+        </is>
+      </c>
+      <c r="H86" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2023</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="87">
+      <c r="A87" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>J01DH56</t>
+          </r>
+        </is>
+      </c>
+      <c r="B87" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>J01DH56</t>
+          </r>
+        </is>
+      </c>
+      <c r="C87" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Imipenem, Cilastatin und Relebactam</t>
+          </r>
+          <r>
+            <rPr>
+              <sz val="8"/>
+              <vertAlign val="superscript"/>
+            </rPr>
+            <t> 16)</t>
+          </r>
+        </is>
+      </c>
+      <c r="D87" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E87" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F87" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G87" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>g</t>
+          </r>
+        </is>
+      </c>
+      <c r="H87" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2024</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="88">
+      <c r="A88" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>J01DI04</t>
+          </r>
+        </is>
+      </c>
+      <c r="B88" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>J01DI04</t>
+          </r>
+        </is>
+      </c>
+      <c r="C88" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Cefiderocol</t>
+          </r>
+        </is>
+      </c>
+      <c r="D88" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E88" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F88" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G88" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>g</t>
+          </r>
+        </is>
+      </c>
+      <c r="H88" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2022</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="89">
+      <c r="A89" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>J01DI54</t>
+          </r>
+        </is>
+      </c>
+      <c r="B89" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>J01DI54</t>
+          </r>
+        </is>
+      </c>
+      <c r="C89" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Ceftolozan und Tazobactam</t>
+          </r>
+          <r>
+            <rPr>
+              <sz val="8"/>
+              <vertAlign val="superscript"/>
+            </rPr>
+            <t> 18)</t>
+          </r>
+        </is>
+      </c>
+      <c r="D89" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>CZB</t>
+          </r>
+          <r>
+            <rPr>
+              <sz val="8"/>
+              <vertAlign val="superscript"/>
+            </rPr>
+            <t> 7)</t>
+          </r>
+        </is>
+      </c>
+      <c r="E89" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F89" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G89" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>g</t>
+          </r>
+        </is>
+      </c>
+      <c r="H89" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2019</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="90">
+      <c r="A90" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>J01MA23</t>
+          </r>
+        </is>
+      </c>
+      <c r="B90" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>J01MA23</t>
+          </r>
+        </is>
+      </c>
+      <c r="C90" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Delafloxacinum</t>
+          </r>
+          <r>
+            <rPr>
+              <sz val="8"/>
+              <vertAlign val="superscript"/>
+            </rPr>
+            <t> 10)</t>
+          </r>
+        </is>
+      </c>
+      <c r="D90" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E90" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F90" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV, O</t>
+          </r>
+        </is>
+      </c>
+      <c r="G90" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H90" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2022</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="91">
+      <c r="A91" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>J01XA02</t>
+          </r>
+        </is>
+      </c>
+      <c r="B91" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>J01XA02</t>
+          </r>
+        </is>
+      </c>
+      <c r="C91" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Teicoplanin</t>
+          </r>
+          <r>
+            <rPr>
+              <sz val="8"/>
+              <vertAlign val="superscript"/>
+            </rPr>
+            <t> 10)</t>
+          </r>
+        </is>
+      </c>
+      <c r="D91" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E91" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F91" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G91" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H91" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2026</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="92">
+      <c r="A92" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>J01XA04</t>
+          </r>
+        </is>
+      </c>
+      <c r="B92" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>J01XA04</t>
+          </r>
+        </is>
+      </c>
+      <c r="C92" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Dalbavancin</t>
+          </r>
+        </is>
+      </c>
+      <c r="D92" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E92" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F92" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G92" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H92" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2024</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="93">
+      <c r="A93" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>J01XA05</t>
+          </r>
+        </is>
+      </c>
+      <c r="B93" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>J01XA05</t>
+          </r>
+        </is>
+      </c>
+      <c r="C93" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Oritavancinum</t>
+          </r>
+        </is>
+      </c>
+      <c r="D93" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E93" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F93" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G93" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H93" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2023</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="94">
+      <c r="A94" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>J01XX08</t>
+          </r>
+        </is>
+      </c>
+      <c r="B94" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>J01XX08</t>
+          </r>
+        </is>
+      </c>
+      <c r="C94" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Linezolid</t>
+          </r>
+          <r>
+            <rPr>
+              <sz val="8"/>
+              <vertAlign val="superscript"/>
+            </rPr>
+            <t> 10)</t>
+          </r>
+        </is>
+      </c>
+      <c r="D94" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E94" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F94" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV, O</t>
+          </r>
+        </is>
+      </c>
+      <c r="G94" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H94" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2022</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="95">
+      <c r="A95" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>J01XX09</t>
+          </r>
+        </is>
+      </c>
+      <c r="B95" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>J01XX09</t>
+          </r>
+        </is>
+      </c>
+      <c r="C95" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Daptomycin</t>
+          </r>
+          <r>
+            <rPr>
+              <sz val="8"/>
+              <vertAlign val="superscript"/>
+            </rPr>
+            <t> 10)</t>
+          </r>
+        </is>
+      </c>
+      <c r="D95" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E95" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F95" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G95" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H95" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2022</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="96">
+      <c r="A96" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>J02AA01</t>
+          </r>
+        </is>
+      </c>
+      <c r="B96" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>J02AA01</t>
+          </r>
+        </is>
+      </c>
+      <c r="C96" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Amphotericin B</t>
+          </r>
+        </is>
+      </c>
+      <c r="D96" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E96" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>liposomal IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="F96" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G96" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H96" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2010</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="97">
+      <c r="A97" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>J02AC03</t>
+          </r>
+        </is>
+      </c>
+      <c r="B97" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>J02AC03</t>
+          </r>
+        </is>
+      </c>
+      <c r="C97" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Voriconazol</t>
+          </r>
+        </is>
+      </c>
+      <c r="D97" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E97" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F97" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV, O</t>
+          </r>
+        </is>
+      </c>
+      <c r="G97" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H97" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2010</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="98">
+      <c r="A98" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>J02AC04</t>
+          </r>
+        </is>
+      </c>
+      <c r="B98" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>J02AC04</t>
+          </r>
+        </is>
+      </c>
+      <c r="C98" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Posaconazol</t>
+          </r>
+        </is>
+      </c>
+      <c r="D98" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E98" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F98" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV, O</t>
+          </r>
+        </is>
+      </c>
+      <c r="G98" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H98" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2010</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="99">
+      <c r="A99" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>J02AC05</t>
+          </r>
+        </is>
+      </c>
+      <c r="B99" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>J02AC05</t>
+          </r>
+        </is>
+      </c>
+      <c r="C99" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Isavuconazol</t>
+          </r>
+        </is>
+      </c>
+      <c r="D99" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E99" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F99" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV, O</t>
+          </r>
+        </is>
+      </c>
+      <c r="G99" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H99" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2017</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="100">
+      <c r="A100" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>J02AX04</t>
+          </r>
+        </is>
+      </c>
+      <c r="B100" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>J02AX04</t>
+          </r>
+        </is>
+      </c>
+      <c r="C100" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Caspofungin</t>
+          </r>
+        </is>
+      </c>
+      <c r="D100" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E100" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F100" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G100" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H100" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2010</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="101">
+      <c r="A101" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>J02AX06</t>
+          </r>
+        </is>
+      </c>
+      <c r="B101" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>J02AX06</t>
+          </r>
+        </is>
+      </c>
+      <c r="C101" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Anidulafungin</t>
+          </r>
+        </is>
+      </c>
+      <c r="D101" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E101" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F101" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G101" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H101" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2010</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="102">
+      <c r="A102" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>J02AX08</t>
+          </r>
+        </is>
+      </c>
+      <c r="B102" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>J02AX08</t>
+          </r>
+        </is>
+      </c>
+      <c r="C102" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Rezafungin Acetate</t>
+          </r>
+        </is>
+      </c>
+      <c r="D102" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E102" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F102" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G102" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H102" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2024</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="103">
+      <c r="A103" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>J05AB12</t>
+          </r>
+        </is>
+      </c>
+      <c r="B103" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>J05AB12</t>
+          </r>
+        </is>
+      </c>
+      <c r="C103" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Cidofovir</t>
+          </r>
+        </is>
+      </c>
+      <c r="D103" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E103" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F103" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G103" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H103" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2025</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="104">
+      <c r="A104" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>J05AB16</t>
+          </r>
+        </is>
+      </c>
+      <c r="B104" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>J05AB16</t>
+          </r>
+        </is>
+      </c>
+      <c r="C104" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Remdesivir</t>
+          </r>
+        </is>
+      </c>
+      <c r="D104" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E104" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F104" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G104" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H104" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>11.09.2020</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="105">
+      <c r="A105" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>J05AD01</t>
+          </r>
+        </is>
+      </c>
+      <c r="B105" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>J05AD01</t>
+          </r>
+        </is>
+      </c>
+      <c r="C105" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Foscarnet</t>
+          </r>
+        </is>
+      </c>
+      <c r="D105" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E105" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F105" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G105" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H105" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2019</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="106">
+      <c r="A106" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>J05AE30</t>
+          </r>
+        </is>
+      </c>
+      <c r="B106" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>J05AE30</t>
+          </r>
+        </is>
+      </c>
+      <c r="C106" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Nirmatrelvir und Ritonavir</t>
+          </r>
+          <r>
+            <rPr>
+              <sz val="8"/>
+              <vertAlign val="superscript"/>
+            </rPr>
+            <t> 19)</t>
+          </r>
+        </is>
+      </c>
+      <c r="D106" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E106" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F106" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>O</t>
+          </r>
+        </is>
+      </c>
+      <c r="G106" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H106" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2025</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="107">
+      <c r="A107" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>J05AP55</t>
+          </r>
+        </is>
+      </c>
+      <c r="B107" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>J05AP55</t>
+          </r>
+        </is>
+      </c>
+      <c r="C107" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Sofosbuvir und Velpatasvir</t>
+          </r>
+        </is>
+      </c>
+      <c r="D107" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>CEP</t>
+          </r>
+          <r>
+            <rPr>
+              <sz val="8"/>
+              <vertAlign val="superscript"/>
+            </rPr>
+            <t> 7)</t>
+          </r>
+        </is>
+      </c>
+      <c r="E107" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F107" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>O</t>
+          </r>
+        </is>
+      </c>
+      <c r="G107" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>UD</t>
+          </r>
+        </is>
+      </c>
+      <c r="H107" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2018</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="108">
+      <c r="A108" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>J05AP56</t>
+          </r>
+        </is>
+      </c>
+      <c r="B108" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>J05AP56</t>
+          </r>
+        </is>
+      </c>
+      <c r="C108" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Sofosbuvir, Velpatasvir und Voxilaprevir</t>
+          </r>
+        </is>
+      </c>
+      <c r="D108" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>CVO</t>
+          </r>
+          <r>
+            <rPr>
+              <sz val="8"/>
+              <vertAlign val="superscript"/>
+            </rPr>
+            <t> 7)</t>
+          </r>
+        </is>
+      </c>
+      <c r="E108" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F108" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>O</t>
+          </r>
+        </is>
+      </c>
+      <c r="G108" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>UD</t>
+          </r>
+        </is>
+      </c>
+      <c r="H108" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2018</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="109">
+      <c r="A109" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>J05AP57</t>
+          </r>
+        </is>
+      </c>
+      <c r="B109" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>J05AP57</t>
+          </r>
+        </is>
+      </c>
+      <c r="C109" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Glecaprevir und Pibrentasvir</t>
+          </r>
+        </is>
+      </c>
+      <c r="D109" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>CMA</t>
+          </r>
+          <r>
+            <rPr>
+              <sz val="8"/>
+              <vertAlign val="superscript"/>
+            </rPr>
+            <t> 7)</t>
+          </r>
+        </is>
+      </c>
+      <c r="E109" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F109" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>O</t>
+          </r>
+        </is>
+      </c>
+      <c r="G109" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>UD</t>
+          </r>
+        </is>
+      </c>
+      <c r="H109" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2018</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="110">
+      <c r="A110" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>J05AX10</t>
+          </r>
+        </is>
+      </c>
+      <c r="B110" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>J05AX10</t>
+          </r>
+        </is>
+      </c>
+      <c r="C110" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Maribavir</t>
+          </r>
+        </is>
+      </c>
+      <c r="D110" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E110" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F110" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>O</t>
+          </r>
+        </is>
+      </c>
+      <c r="G110" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H110" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2024</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="111">
+      <c r="A111" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>J05AX18</t>
+          </r>
+        </is>
+      </c>
+      <c r="B111" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>J05AX18</t>
+          </r>
+        </is>
+      </c>
+      <c r="C111" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Letermovir</t>
+          </r>
+        </is>
+      </c>
+      <c r="D111" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E111" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F111" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV, O</t>
+          </r>
+        </is>
+      </c>
+      <c r="G111" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H111" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2020</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="112">
+      <c r="A112" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>J05AX29</t>
+          </r>
+        </is>
+      </c>
+      <c r="B112" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>J05AX29</t>
+          </r>
+        </is>
+      </c>
+      <c r="C112" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Fostemsavir</t>
+          </r>
+          <r>
+            <rPr>
+              <sz val="8"/>
+              <vertAlign val="superscript"/>
+            </rPr>
+            <t> 10)</t>
+          </r>
+        </is>
+      </c>
+      <c r="D112" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E112" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F112" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>O</t>
+          </r>
+        </is>
+      </c>
+      <c r="G112" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H112" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2022</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="113">
+      <c r="A113" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>J05AX31</t>
+          </r>
+        </is>
+      </c>
+      <c r="B113" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>J05AX31</t>
+          </r>
+        </is>
+      </c>
+      <c r="C113" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Lenacapavir</t>
+          </r>
+        </is>
+      </c>
+      <c r="D113" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E113" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F113" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>O, SC</t>
+          </r>
+        </is>
+      </c>
+      <c r="G113" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H113" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2025</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="114">
+      <c r="A114" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>J06BA01</t>
+          </r>
+        </is>
+      </c>
+      <c r="B114" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>J06BA01</t>
+          </r>
+        </is>
+      </c>
+      <c r="C114" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Immunglobuline, normal human, zur extravasalen Anwendung</t>
+          </r>
+        </is>
+      </c>
+      <c r="D114" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E114" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F114" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>SC</t>
+          </r>
+        </is>
+      </c>
+      <c r="G114" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>g</t>
+          </r>
+        </is>
+      </c>
+      <c r="H114" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2023</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="115">
+      <c r="A115" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>J06BA02</t>
+          </r>
+        </is>
+      </c>
+      <c r="B115" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>J06BA02</t>
+          </r>
+        </is>
+      </c>
+      <c r="C115" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Immunglobuline, normal human, zur intravasalen Anwendung</t>
+          </r>
+        </is>
+      </c>
+      <c r="D115" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E115" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F115" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G115" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>g</t>
+          </r>
+        </is>
+      </c>
+      <c r="H115" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2010</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="116">
+      <c r="A116" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>J06BB04</t>
+          </r>
+        </is>
+      </c>
+      <c r="B116" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>J06BB04</t>
+          </r>
+        </is>
+      </c>
+      <c r="C116" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Hepatitis-B-Immunglobulin</t>
+          </r>
+        </is>
+      </c>
+      <c r="D116" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E116" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F116" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IM, IV, SC</t>
+          </r>
+        </is>
+      </c>
+      <c r="G116" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>U</t>
+          </r>
+        </is>
+      </c>
+      <c r="H116" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2013</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="117">
+      <c r="A117" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>J06BB09</t>
+          </r>
+        </is>
+      </c>
+      <c r="B117" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>J06BB09</t>
+          </r>
+        </is>
+      </c>
+      <c r="C117" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Cytomegalievirus-Immunglobulin</t>
+          </r>
+        </is>
+      </c>
+      <c r="D117" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E117" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F117" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G117" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>U</t>
+          </r>
+        </is>
+      </c>
+      <c r="H117" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2010</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="118">
+      <c r="A118" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>J06BC03</t>
+          </r>
+        </is>
+      </c>
+      <c r="B118" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>J06BC03</t>
+          </r>
+        </is>
+      </c>
+      <c r="C118" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Bezlotoxumab</t>
+          </r>
+        </is>
+      </c>
+      <c r="D118" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E118" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F118" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G118" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H118" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2020</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="119">
+      <c r="A119" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>J06BD01</t>
+          </r>
+        </is>
+      </c>
+      <c r="B119" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>J06BD01</t>
+          </r>
+        </is>
+      </c>
+      <c r="C119" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Palivizumab</t>
+          </r>
+        </is>
+      </c>
+      <c r="D119" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E119" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F119" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IM</t>
+          </r>
+        </is>
+      </c>
+      <c r="G119" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H119" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2010</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="120">
+      <c r="A120" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>J06BD03</t>
+          </r>
+        </is>
+      </c>
+      <c r="B120" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>J06BD03</t>
+          </r>
+        </is>
+      </c>
+      <c r="C120" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Tixagevimab und Cilgavimab</t>
+          </r>
+          <r>
+            <rPr>
+              <sz val="8"/>
+              <vertAlign val="superscript"/>
+            </rPr>
+            <t> 20)</t>
+          </r>
+        </is>
+      </c>
+      <c r="D120" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E120" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F120" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IM, IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G120" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H120" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>02.11.2022</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="121">
+      <c r="A121" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>J06BD05</t>
+          </r>
+        </is>
+      </c>
+      <c r="B121" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>J06BD05</t>
+          </r>
+        </is>
+      </c>
+      <c r="C121" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Sotrovimab</t>
+          </r>
+        </is>
+      </c>
+      <c r="D121" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E121" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F121" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G121" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H121" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.10.2021</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="122">
+      <c r="A122" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>J06BD07</t>
+          </r>
+        </is>
+      </c>
+      <c r="B122" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>J06BD07</t>
+          </r>
+        </is>
+      </c>
+      <c r="C122" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Casirivimab und Imdevimab</t>
+          </r>
+          <r>
+            <rPr>
+              <sz val="8"/>
+              <vertAlign val="superscript"/>
+            </rPr>
+            <t> 21)</t>
+          </r>
+        </is>
+      </c>
+      <c r="D122" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E122" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F122" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G122" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H122" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>31.05.2021</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="123">
+      <c r="A123" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>J06BD08</t>
+          </r>
+        </is>
+      </c>
+      <c r="B123" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>J06BD08</t>
+          </r>
+        </is>
+      </c>
+      <c r="C123" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Nirsevimab</t>
+          </r>
+        </is>
+      </c>
+      <c r="D123" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E123" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F123" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IM</t>
+          </r>
+        </is>
+      </c>
+      <c r="G123" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H123" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.03.2024</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="124">
+      <c r="A124" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>J06BD10</t>
+          </r>
+        </is>
+      </c>
+      <c r="B124" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>J06BD10</t>
+          </r>
+        </is>
+      </c>
+      <c r="C124" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Clesrovimab</t>
+          </r>
+        </is>
+      </c>
+      <c r="D124" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E124" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F124" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IM</t>
+          </r>
+        </is>
+      </c>
+      <c r="G124" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H124" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2026</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="125">
+      <c r="A125" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01AA10</t>
+          </r>
+        </is>
+      </c>
+      <c r="B125" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01AA10</t>
+          </r>
+        </is>
+      </c>
+      <c r="C125" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Melphalan flufenamid</t>
+          </r>
+        </is>
+      </c>
+      <c r="D125" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E125" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F125" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G125" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H125" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2023</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="126">
+      <c r="A126" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01AB01</t>
+          </r>
+        </is>
+      </c>
+      <c r="B126" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01AB01</t>
+          </r>
+        </is>
+      </c>
+      <c r="C126" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Busulfan</t>
+          </r>
+        </is>
+      </c>
+      <c r="D126" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E126" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F126" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV, O</t>
+          </r>
+        </is>
+      </c>
+      <c r="G126" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H126" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2010</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="127">
+      <c r="A127" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01AB02</t>
+          </r>
+        </is>
+      </c>
+      <c r="B127" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01AB02</t>
+          </r>
+        </is>
+      </c>
+      <c r="C127" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Treosulfan</t>
+          </r>
+        </is>
+      </c>
+      <c r="D127" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E127" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F127" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G127" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H127" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2021</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="128">
+      <c r="A128" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01AC01</t>
+          </r>
+        </is>
+      </c>
+      <c r="B128" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01AC01</t>
+          </r>
+        </is>
+      </c>
+      <c r="C128" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Thiotepa</t>
+          </r>
+        </is>
+      </c>
+      <c r="D128" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E128" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F128" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G128" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H128" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2019</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="129">
+      <c r="A129" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01AD01</t>
+          </r>
+        </is>
+      </c>
+      <c r="B129" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01AD01</t>
+          </r>
+        </is>
+      </c>
+      <c r="C129" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Carmustin</t>
+          </r>
+        </is>
+      </c>
+      <c r="D129" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E129" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F129" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G129" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H129" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2019</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="130">
+      <c r="A130" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01AX03</t>
+          </r>
+        </is>
+      </c>
+      <c r="B130" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01AX03</t>
+          </r>
+        </is>
+      </c>
+      <c r="C130" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Temozolomid</t>
+          </r>
+          <r>
+            <rPr>
+              <sz val="8"/>
+              <vertAlign val="superscript"/>
+            </rPr>
+            <t> 10)</t>
+          </r>
+        </is>
+      </c>
+      <c r="D130" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E130" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F130" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>O</t>
+          </r>
+        </is>
+      </c>
+      <c r="G130" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H130" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2021</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="131">
+      <c r="A131" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01BA04</t>
+          </r>
+        </is>
+      </c>
+      <c r="B131" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01BA04</t>
+          </r>
+        </is>
+      </c>
+      <c r="C131" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Pemetrexed</t>
+          </r>
+        </is>
+      </c>
+      <c r="D131" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E131" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F131" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G131" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H131" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2010</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="132">
+      <c r="A132" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01BB06</t>
+          </r>
+        </is>
+      </c>
+      <c r="B132" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01BB06</t>
+          </r>
+        </is>
+      </c>
+      <c r="C132" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Clofarabin</t>
+          </r>
+        </is>
+      </c>
+      <c r="D132" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E132" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F132" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G132" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H132" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2010</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="133">
+      <c r="A133" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01BB07</t>
+          </r>
+        </is>
+      </c>
+      <c r="B133" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01BB07</t>
+          </r>
+        </is>
+      </c>
+      <c r="C133" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Nelarabin</t>
+          </r>
+        </is>
+      </c>
+      <c r="D133" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E133" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F133" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G133" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H133" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2010</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="134">
+      <c r="A134" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01BC07</t>
+          </r>
+        </is>
+      </c>
+      <c r="B134" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01BC07</t>
+          </r>
+        </is>
+      </c>
+      <c r="C134" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Azacitidin</t>
+          </r>
+        </is>
+      </c>
+      <c r="D134" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E134" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F134" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV, SC</t>
+          </r>
+        </is>
+      </c>
+      <c r="G134" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H134" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2012</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="135">
+      <c r="A135" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01BC08</t>
+          </r>
+        </is>
+      </c>
+      <c r="B135" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01BC08</t>
+          </r>
+        </is>
+      </c>
+      <c r="C135" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Decitabin</t>
+          </r>
+        </is>
+      </c>
+      <c r="D135" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E135" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F135" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G135" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H135" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2016</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="136">
+      <c r="A136" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01BC59</t>
+          </r>
+        </is>
+      </c>
+      <c r="B136" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01BC59</t>
+          </r>
+        </is>
+      </c>
+      <c r="C136" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Trifluridin</t>
+          </r>
+          <r>
+            <rPr>
+              <sz val="8"/>
+              <vertAlign val="superscript"/>
+            </rPr>
+            <t> 22)</t>
+          </r>
+        </is>
+      </c>
+      <c r="D136" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>CLS</t>
+          </r>
+          <r>
+            <rPr>
+              <sz val="8"/>
+              <vertAlign val="superscript"/>
+            </rPr>
+            <t> 7)</t>
+          </r>
+        </is>
+      </c>
+      <c r="E136" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F136" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>O</t>
+          </r>
+        </is>
+      </c>
+      <c r="G136" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H136" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2019</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="137">
+      <c r="A137" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01CD04</t>
+          </r>
+        </is>
+      </c>
+      <c r="B137" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01CD04</t>
+          </r>
+        </is>
+      </c>
+      <c r="C137" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Cabazitaxel</t>
+          </r>
+        </is>
+      </c>
+      <c r="D137" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E137" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F137" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G137" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H137" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2026</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="138">
+      <c r="A138" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01CE02</t>
+          </r>
+        </is>
+      </c>
+      <c r="B138" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01CE02</t>
+          </r>
+        </is>
+      </c>
+      <c r="C138" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Irinotecan</t>
+          </r>
+        </is>
+      </c>
+      <c r="D138" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>CON</t>
+          </r>
+          <r>
+            <rPr>
+              <sz val="8"/>
+              <vertAlign val="superscript"/>
+            </rPr>
+            <t> 7)</t>
+          </r>
+        </is>
+      </c>
+      <c r="E138" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>liposomal IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="F138" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G138" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H138" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2021</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="139">
+      <c r="A139" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01CX01</t>
+          </r>
+        </is>
+      </c>
+      <c r="B139" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01CX01</t>
+          </r>
+        </is>
+      </c>
+      <c r="C139" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Trabectedin</t>
+          </r>
+        </is>
+      </c>
+      <c r="D139" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E139" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F139" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G139" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H139" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2013</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="140">
+      <c r="A140" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01DB01</t>
+          </r>
+        </is>
+      </c>
+      <c r="B140" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01DB01</t>
+          </r>
+        </is>
+      </c>
+      <c r="C140" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Doxorubicin</t>
+          </r>
+        </is>
+      </c>
+      <c r="D140" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E140" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>liposomal IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="F140" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G140" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H140" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2019</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="141">
+      <c r="A141" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01EA02</t>
+          </r>
+        </is>
+      </c>
+      <c r="B141" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01EA02</t>
+          </r>
+        </is>
+      </c>
+      <c r="C141" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Dasatinib</t>
+          </r>
+          <r>
+            <rPr>
+              <sz val="8"/>
+              <vertAlign val="superscript"/>
+            </rPr>
+            <t> 10)</t>
+          </r>
+        </is>
+      </c>
+      <c r="D141" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E141" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F141" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>O</t>
+          </r>
+        </is>
+      </c>
+      <c r="G141" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H141" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2010</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="142">
+      <c r="A142" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01EA03</t>
+          </r>
+        </is>
+      </c>
+      <c r="B142" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01EA03</t>
+          </r>
+        </is>
+      </c>
+      <c r="C142" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Nilotinib</t>
+          </r>
+          <r>
+            <rPr>
+              <sz val="8"/>
+              <vertAlign val="superscript"/>
+            </rPr>
+            <t> 10)</t>
+          </r>
+        </is>
+      </c>
+      <c r="D142" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E142" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F142" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>O</t>
+          </r>
+        </is>
+      </c>
+      <c r="G142" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H142" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2010</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="143">
+      <c r="A143" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01EA04</t>
+          </r>
+        </is>
+      </c>
+      <c r="B143" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01EA04</t>
+          </r>
+        </is>
+      </c>
+      <c r="C143" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Bosutinibum</t>
+          </r>
+        </is>
+      </c>
+      <c r="D143" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E143" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F143" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>O</t>
+          </r>
+        </is>
+      </c>
+      <c r="G143" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H143" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2022</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="144">
+      <c r="A144" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01EA05</t>
+          </r>
+        </is>
+      </c>
+      <c r="B144" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01EA05</t>
+          </r>
+        </is>
+      </c>
+      <c r="C144" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Ponatinib</t>
+          </r>
+        </is>
+      </c>
+      <c r="D144" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E144" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F144" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>O</t>
+          </r>
+        </is>
+      </c>
+      <c r="G144" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H144" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2020</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="145">
+      <c r="A145" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01EA06</t>
+          </r>
+        </is>
+      </c>
+      <c r="B145" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01EA06</t>
+          </r>
+        </is>
+      </c>
+      <c r="C145" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Asciminib</t>
+          </r>
+        </is>
+      </c>
+      <c r="D145" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E145" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F145" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>O</t>
+          </r>
+        </is>
+      </c>
+      <c r="G145" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H145" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2022</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="146">
+      <c r="A146" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01EB04</t>
+          </r>
+        </is>
+      </c>
+      <c r="B146" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01EB04</t>
+          </r>
+        </is>
+      </c>
+      <c r="C146" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Osimertinib</t>
+          </r>
+        </is>
+      </c>
+      <c r="D146" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E146" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F146" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>O</t>
+          </r>
+        </is>
+      </c>
+      <c r="G146" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H146" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2020</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="147">
+      <c r="A147" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01EB09</t>
+          </r>
+        </is>
+      </c>
+      <c r="B147" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01EB09</t>
+          </r>
+        </is>
+      </c>
+      <c r="C147" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Lazertinib</t>
+          </r>
+        </is>
+      </c>
+      <c r="D147" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E147" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F147" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>O</t>
+          </r>
+        </is>
+      </c>
+      <c r="G147" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H147" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2026</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="148">
+      <c r="A148" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01EB10</t>
+          </r>
+        </is>
+      </c>
+      <c r="B148" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01EB10</t>
+          </r>
+        </is>
+      </c>
+      <c r="C148" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Mobocertinib</t>
+          </r>
+        </is>
+      </c>
+      <c r="D148" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E148" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F148" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>O</t>
+          </r>
+        </is>
+      </c>
+      <c r="G148" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H148" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2023</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="149">
+      <c r="A149" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01EC01</t>
+          </r>
+        </is>
+      </c>
+      <c r="B149" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01EC01</t>
+          </r>
+        </is>
+      </c>
+      <c r="C149" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Vemurafenib</t>
+          </r>
+        </is>
+      </c>
+      <c r="D149" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E149" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F149" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>O</t>
+          </r>
+        </is>
+      </c>
+      <c r="G149" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H149" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2013</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="150">
+      <c r="A150" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01EC02</t>
+          </r>
+        </is>
+      </c>
+      <c r="B150" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01EC02</t>
+          </r>
+        </is>
+      </c>
+      <c r="C150" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Dabrafenib</t>
+          </r>
+        </is>
+      </c>
+      <c r="D150" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E150" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F150" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>O</t>
+          </r>
+        </is>
+      </c>
+      <c r="G150" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H150" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2015</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="151">
+      <c r="A151" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01EC03</t>
+          </r>
+        </is>
+      </c>
+      <c r="B151" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01EC03</t>
+          </r>
+        </is>
+      </c>
+      <c r="C151" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Encorafenib</t>
+          </r>
+        </is>
+      </c>
+      <c r="D151" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E151" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F151" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>O</t>
+          </r>
+        </is>
+      </c>
+      <c r="G151" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H151" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2021</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="152">
+      <c r="A152" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01ED01</t>
+          </r>
+        </is>
+      </c>
+      <c r="B152" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01ED01</t>
+          </r>
+        </is>
+      </c>
+      <c r="C152" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Crizotinib</t>
+          </r>
+        </is>
+      </c>
+      <c r="D152" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E152" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F152" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>O</t>
+          </r>
+        </is>
+      </c>
+      <c r="G152" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H152" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2015</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="153">
+      <c r="A153" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01ED03</t>
+          </r>
+        </is>
+      </c>
+      <c r="B153" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01ED03</t>
+          </r>
+        </is>
+      </c>
+      <c r="C153" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Alectinib</t>
+          </r>
+          <r>
+            <rPr>
+              <sz val="8"/>
+              <vertAlign val="superscript"/>
+            </rPr>
+            <t> 10)</t>
+          </r>
+        </is>
+      </c>
+      <c r="D153" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E153" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F153" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>O</t>
+          </r>
+        </is>
+      </c>
+      <c r="G153" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H153" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2025</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="154">
+      <c r="A154" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01ED04</t>
+          </r>
+        </is>
+      </c>
+      <c r="B154" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01ED04</t>
+          </r>
+        </is>
+      </c>
+      <c r="C154" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Brigatinibum</t>
+          </r>
+        </is>
+      </c>
+      <c r="D154" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E154" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F154" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>O</t>
+          </r>
+        </is>
+      </c>
+      <c r="G154" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H154" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2022</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="155">
+      <c r="A155" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01ED05</t>
+          </r>
+        </is>
+      </c>
+      <c r="B155" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01ED05</t>
+          </r>
+        </is>
+      </c>
+      <c r="C155" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Lorlatinib</t>
+          </r>
+          <r>
+            <rPr>
+              <sz val="8"/>
+              <vertAlign val="superscript"/>
+            </rPr>
+            <t> 10)</t>
+          </r>
+        </is>
+      </c>
+      <c r="D155" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E155" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F155" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>O</t>
+          </r>
+        </is>
+      </c>
+      <c r="G155" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H155" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2021</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="156">
+      <c r="A156" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01EE01</t>
+          </r>
+        </is>
+      </c>
+      <c r="B156" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01EE01</t>
+          </r>
+        </is>
+      </c>
+      <c r="C156" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Trametinib</t>
+          </r>
+        </is>
+      </c>
+      <c r="D156" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Susp, Tab</t>
+          </r>
+        </is>
+      </c>
+      <c r="E156" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F156" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>O</t>
+          </r>
+        </is>
+      </c>
+      <c r="G156" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H156" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2017</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="157">
+      <c r="A157" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01EE02</t>
+          </r>
+        </is>
+      </c>
+      <c r="B157" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01EE02</t>
+          </r>
+        </is>
+      </c>
+      <c r="C157" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Cobimetinib</t>
+          </r>
+        </is>
+      </c>
+      <c r="D157" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E157" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F157" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>O</t>
+          </r>
+        </is>
+      </c>
+      <c r="G157" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H157" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2017</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="158">
+      <c r="A158" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01EE03</t>
+          </r>
+        </is>
+      </c>
+      <c r="B158" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01EE03</t>
+          </r>
+        </is>
+      </c>
+      <c r="C158" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Binimetinib</t>
+          </r>
+        </is>
+      </c>
+      <c r="D158" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E158" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F158" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>O</t>
+          </r>
+        </is>
+      </c>
+      <c r="G158" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H158" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2021</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="159">
+      <c r="A159" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01EE04</t>
+          </r>
+        </is>
+      </c>
+      <c r="B159" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01EE04</t>
+          </r>
+        </is>
+      </c>
+      <c r="C159" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Selumetinib</t>
+          </r>
+          <r>
+            <rPr>
+              <sz val="8"/>
+              <vertAlign val="superscript"/>
+            </rPr>
+            <t> 10)</t>
+          </r>
+        </is>
+      </c>
+      <c r="D159" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E159" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F159" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>O</t>
+          </r>
+        </is>
+      </c>
+      <c r="G159" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H159" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2024</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="160">
+      <c r="A160" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01EE05</t>
+          </r>
+        </is>
+      </c>
+      <c r="B160" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01EE05</t>
+          </r>
+        </is>
+      </c>
+      <c r="C160" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Mirdametinib</t>
+          </r>
+        </is>
+      </c>
+      <c r="D160" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E160" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F160" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>O</t>
+          </r>
+        </is>
+      </c>
+      <c r="G160" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H160" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2026</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="161">
+      <c r="A161" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01EF01</t>
+          </r>
+        </is>
+      </c>
+      <c r="B161" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01EF01</t>
+          </r>
+        </is>
+      </c>
+      <c r="C161" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Palbociclib</t>
+          </r>
+        </is>
+      </c>
+      <c r="D161" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E161" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F161" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>O</t>
+          </r>
+        </is>
+      </c>
+      <c r="G161" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H161" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2019</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="162">
+      <c r="A162" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01EF02</t>
+          </r>
+        </is>
+      </c>
+      <c r="B162" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01EF02</t>
+          </r>
+        </is>
+      </c>
+      <c r="C162" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Ribociclib</t>
+          </r>
+        </is>
+      </c>
+      <c r="D162" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E162" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F162" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>O</t>
+          </r>
+        </is>
+      </c>
+      <c r="G162" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H162" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2019</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="163">
+      <c r="A163" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01EF03</t>
+          </r>
+        </is>
+      </c>
+      <c r="B163" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01EF03</t>
+          </r>
+        </is>
+      </c>
+      <c r="C163" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Abemaciclib</t>
+          </r>
+          <r>
+            <rPr>
+              <sz val="8"/>
+              <vertAlign val="superscript"/>
+            </rPr>
+            <t> 10)</t>
+          </r>
+        </is>
+      </c>
+      <c r="D163" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E163" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F163" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>O</t>
+          </r>
+        </is>
+      </c>
+      <c r="G163" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H163" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2020</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="164">
+      <c r="A164" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01EH02</t>
+          </r>
+        </is>
+      </c>
+      <c r="B164" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01EH02</t>
+          </r>
+        </is>
+      </c>
+      <c r="C164" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Neratinib</t>
+          </r>
+          <r>
+            <rPr>
+              <sz val="8"/>
+              <vertAlign val="superscript"/>
+            </rPr>
+            <t> 10)</t>
+          </r>
+        </is>
+      </c>
+      <c r="D164" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E164" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F164" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>O</t>
+          </r>
+        </is>
+      </c>
+      <c r="G164" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H164" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2021</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="165">
+      <c r="A165" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01EH03</t>
+          </r>
+        </is>
+      </c>
+      <c r="B165" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01EH03</t>
+          </r>
+        </is>
+      </c>
+      <c r="C165" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Tucatinib</t>
+          </r>
+        </is>
+      </c>
+      <c r="D165" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E165" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F165" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>O</t>
+          </r>
+        </is>
+      </c>
+      <c r="G165" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H165" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2022</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="166">
+      <c r="A166" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01EJ01</t>
+          </r>
+        </is>
+      </c>
+      <c r="B166" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01EJ01</t>
+          </r>
+        </is>
+      </c>
+      <c r="C166" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Ruxolitinib</t>
+          </r>
+        </is>
+      </c>
+      <c r="D166" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E166" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F166" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>O</t>
+          </r>
+        </is>
+      </c>
+      <c r="G166" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H166" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2019</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="167">
+      <c r="A167" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01EJ02</t>
+          </r>
+        </is>
+      </c>
+      <c r="B167" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01EJ02</t>
+          </r>
+        </is>
+      </c>
+      <c r="C167" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Fedratinibum</t>
+          </r>
+        </is>
+      </c>
+      <c r="D167" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E167" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F167" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>O</t>
+          </r>
+        </is>
+      </c>
+      <c r="G167" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H167" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2023</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="168">
+      <c r="A168" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01EJ04</t>
+          </r>
+        </is>
+      </c>
+      <c r="B168" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01EJ04</t>
+          </r>
+        </is>
+      </c>
+      <c r="C168" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Momelotinib</t>
+          </r>
+        </is>
+      </c>
+      <c r="D168" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E168" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F168" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>O</t>
+          </r>
+        </is>
+      </c>
+      <c r="G168" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H168" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2024</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="169">
+      <c r="A169" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01EK04</t>
+          </r>
+        </is>
+      </c>
+      <c r="B169" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01EK04</t>
+          </r>
+        </is>
+      </c>
+      <c r="C169" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Fruquintinib</t>
+          </r>
+        </is>
+      </c>
+      <c r="D169" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E169" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F169" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>O</t>
+          </r>
+        </is>
+      </c>
+      <c r="G169" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H169" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2025</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="170">
+      <c r="A170" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01EL01</t>
+          </r>
+        </is>
+      </c>
+      <c r="B170" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01EL01</t>
+          </r>
+        </is>
+      </c>
+      <c r="C170" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Ibrutinib</t>
+          </r>
+        </is>
+      </c>
+      <c r="D170" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E170" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F170" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>O</t>
+          </r>
+        </is>
+      </c>
+      <c r="G170" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H170" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2016</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="171">
+      <c r="A171" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01EL02</t>
+          </r>
+        </is>
+      </c>
+      <c r="B171" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01EL02</t>
+          </r>
+        </is>
+      </c>
+      <c r="C171" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Acalabrutinibum</t>
+          </r>
+        </is>
+      </c>
+      <c r="D171" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E171" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F171" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>O</t>
+          </r>
+        </is>
+      </c>
+      <c r="G171" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H171" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2022</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="172">
+      <c r="A172" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01EL03</t>
+          </r>
+        </is>
+      </c>
+      <c r="B172" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01EL03</t>
+          </r>
+        </is>
+      </c>
+      <c r="C172" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Zanubrutinibum</t>
+          </r>
+          <r>
+            <rPr>
+              <sz val="8"/>
+              <vertAlign val="superscript"/>
+            </rPr>
+            <t> 10)</t>
+          </r>
+        </is>
+      </c>
+      <c r="D172" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E172" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F172" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>O</t>
+          </r>
+        </is>
+      </c>
+      <c r="G172" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H172" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2023</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="173">
+      <c r="A173" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01EL05</t>
+          </r>
+        </is>
+      </c>
+      <c r="B173" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01EL05</t>
+          </r>
+        </is>
+      </c>
+      <c r="C173" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Pirtobrutinib</t>
+          </r>
+        </is>
+      </c>
+      <c r="D173" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E173" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F173" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>O</t>
+          </r>
+        </is>
+      </c>
+      <c r="G173" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H173" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2025</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="174">
+      <c r="A174" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01EM01</t>
+          </r>
+        </is>
+      </c>
+      <c r="B174" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01EM01</t>
+          </r>
+        </is>
+      </c>
+      <c r="C174" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Idelalisib</t>
+          </r>
+          <r>
+            <rPr>
+              <sz val="8"/>
+              <vertAlign val="superscript"/>
+            </rPr>
+            <t> 10)</t>
+          </r>
+        </is>
+      </c>
+      <c r="D174" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E174" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F174" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>O</t>
+          </r>
+        </is>
+      </c>
+      <c r="G174" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H174" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2016</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="175">
+      <c r="A175" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01EM03</t>
+          </r>
+        </is>
+      </c>
+      <c r="B175" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01EM03</t>
+          </r>
+        </is>
+      </c>
+      <c r="C175" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Alpelisib</t>
+          </r>
+        </is>
+      </c>
+      <c r="D175" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E175" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F175" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>O</t>
+          </r>
+        </is>
+      </c>
+      <c r="G175" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H175" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2021</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="176">
+      <c r="A176" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01EM06</t>
+          </r>
+        </is>
+      </c>
+      <c r="B176" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>CH00404</t>
+          </r>
+        </is>
+      </c>
+      <c r="C176" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Inavolisib</t>
+          </r>
+        </is>
+      </c>
+      <c r="D176" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E176" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F176" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>O</t>
+          </r>
+        </is>
+      </c>
+      <c r="G176" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H176" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2025</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="177">
+      <c r="A177" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01EN01</t>
+          </r>
+        </is>
+      </c>
+      <c r="B177" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01EN01</t>
+          </r>
+        </is>
+      </c>
+      <c r="C177" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Erdafitinib</t>
+          </r>
+        </is>
+      </c>
+      <c r="D177" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E177" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F177" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>O</t>
+          </r>
+        </is>
+      </c>
+      <c r="G177" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H177" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2023</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="178">
+      <c r="A178" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01EN02</t>
+          </r>
+        </is>
+      </c>
+      <c r="B178" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01EN02</t>
+          </r>
+        </is>
+      </c>
+      <c r="C178" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Pemigatinib</t>
+          </r>
+        </is>
+      </c>
+      <c r="D178" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E178" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F178" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>O</t>
+          </r>
+        </is>
+      </c>
+      <c r="G178" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H178" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2022</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="179">
+      <c r="A179" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01EN04</t>
+          </r>
+        </is>
+      </c>
+      <c r="B179" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01EN04</t>
+          </r>
+        </is>
+      </c>
+      <c r="C179" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Futibatinib</t>
+          </r>
+        </is>
+      </c>
+      <c r="D179" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E179" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F179" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>O</t>
+          </r>
+        </is>
+      </c>
+      <c r="G179" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H179" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2024</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="180">
+      <c r="A180" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01EP01</t>
+          </r>
+        </is>
+      </c>
+      <c r="B180" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01EX17</t>
+          </r>
+        </is>
+      </c>
+      <c r="C180" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Capmatinib</t>
+          </r>
+        </is>
+      </c>
+      <c r="D180" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E180" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F180" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>O</t>
+          </r>
+        </is>
+      </c>
+      <c r="G180" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H180" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2022</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="181">
+      <c r="A181" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01EP02</t>
+          </r>
+        </is>
+      </c>
+      <c r="B181" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01EX21</t>
+          </r>
+        </is>
+      </c>
+      <c r="C181" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Tepotinib</t>
+          </r>
+        </is>
+      </c>
+      <c r="D181" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E181" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F181" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>O</t>
+          </r>
+        </is>
+      </c>
+      <c r="G181" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H181" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2022</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="182">
+      <c r="A182" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01EX01</t>
+          </r>
+        </is>
+      </c>
+      <c r="B182" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01EX01</t>
+          </r>
+        </is>
+      </c>
+      <c r="C182" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Sunitinib</t>
+          </r>
+          <r>
+            <rPr>
+              <sz val="8"/>
+              <vertAlign val="superscript"/>
+            </rPr>
+            <t> 10)</t>
+          </r>
+        </is>
+      </c>
+      <c r="D182" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E182" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F182" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>O</t>
+          </r>
+        </is>
+      </c>
+      <c r="G182" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H182" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2010</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="183">
+      <c r="A183" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01EX02</t>
+          </r>
+        </is>
+      </c>
+      <c r="B183" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01EX02</t>
+          </r>
+        </is>
+      </c>
+      <c r="C183" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Sorafenib</t>
+          </r>
+          <r>
+            <rPr>
+              <sz val="8"/>
+              <vertAlign val="superscript"/>
+            </rPr>
+            <t> 10)</t>
+          </r>
+        </is>
+      </c>
+      <c r="D183" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E183" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F183" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>O</t>
+          </r>
+        </is>
+      </c>
+      <c r="G183" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H183" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2010</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="184">
+      <c r="A184" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01EX03</t>
+          </r>
+        </is>
+      </c>
+      <c r="B184" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01EX03</t>
+          </r>
+        </is>
+      </c>
+      <c r="C184" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Pazopanib</t>
+          </r>
+        </is>
+      </c>
+      <c r="D184" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E184" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F184" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>O</t>
+          </r>
+        </is>
+      </c>
+      <c r="G184" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H184" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2013</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="185">
+      <c r="A185" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01EX05</t>
+          </r>
+        </is>
+      </c>
+      <c r="B185" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01EX05</t>
+          </r>
+        </is>
+      </c>
+      <c r="C185" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Regorafenib</t>
+          </r>
+        </is>
+      </c>
+      <c r="D185" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E185" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F185" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>O</t>
+          </r>
+        </is>
+      </c>
+      <c r="G185" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H185" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2019</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="186">
+      <c r="A186" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01EX07</t>
+          </r>
+        </is>
+      </c>
+      <c r="B186" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01EX07</t>
+          </r>
+        </is>
+      </c>
+      <c r="C186" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Cabozantinib</t>
+          </r>
+        </is>
+      </c>
+      <c r="D186" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E186" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F186" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>O</t>
+          </r>
+        </is>
+      </c>
+      <c r="G186" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H186" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2023</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="187">
+      <c r="A187" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01EX08</t>
+          </r>
+        </is>
+      </c>
+      <c r="B187" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01EX08</t>
+          </r>
+        </is>
+      </c>
+      <c r="C187" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Lenvatinib</t>
+          </r>
+        </is>
+      </c>
+      <c r="D187" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E187" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F187" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>O</t>
+          </r>
+        </is>
+      </c>
+      <c r="G187" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H187" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2017</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="188">
+      <c r="A188" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01EX09</t>
+          </r>
+        </is>
+      </c>
+      <c r="B188" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01EX09</t>
+          </r>
+        </is>
+      </c>
+      <c r="C188" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Nintedanib</t>
+          </r>
+        </is>
+      </c>
+      <c r="D188" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E188" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F188" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>O</t>
+          </r>
+        </is>
+      </c>
+      <c r="G188" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H188" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2017</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="189">
+      <c r="A189" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01EX10</t>
+          </r>
+        </is>
+      </c>
+      <c r="B189" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01EX10</t>
+          </r>
+        </is>
+      </c>
+      <c r="C189" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Midostaurin</t>
+          </r>
+        </is>
+      </c>
+      <c r="D189" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E189" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F189" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>O</t>
+          </r>
+        </is>
+      </c>
+      <c r="G189" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H189" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2018</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="190">
+      <c r="A190" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01EX11</t>
+          </r>
+        </is>
+      </c>
+      <c r="B190" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01EX11</t>
+          </r>
+        </is>
+      </c>
+      <c r="C190" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Quizartinib</t>
+          </r>
+        </is>
+      </c>
+      <c r="D190" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E190" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F190" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>O</t>
+          </r>
+        </is>
+      </c>
+      <c r="G190" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H190" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2026</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="191">
+      <c r="A191" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01EX12</t>
+          </r>
+        </is>
+      </c>
+      <c r="B191" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01EX12</t>
+          </r>
+        </is>
+      </c>
+      <c r="C191" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Larotrectinib</t>
+          </r>
+        </is>
+      </c>
+      <c r="D191" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E191" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F191" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>O</t>
+          </r>
+        </is>
+      </c>
+      <c r="G191" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H191" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2021</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="192">
+      <c r="A192" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01EX13</t>
+          </r>
+        </is>
+      </c>
+      <c r="B192" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01EX13</t>
+          </r>
+        </is>
+      </c>
+      <c r="C192" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Gilteritinib</t>
+          </r>
+        </is>
+      </c>
+      <c r="D192" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E192" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F192" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>O</t>
+          </r>
+        </is>
+      </c>
+      <c r="G192" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H192" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2022</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="193">
+      <c r="A193" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01EX14</t>
+          </r>
+        </is>
+      </c>
+      <c r="B193" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01EX14</t>
+          </r>
+        </is>
+      </c>
+      <c r="C193" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Entrectinibum</t>
+          </r>
+        </is>
+      </c>
+      <c r="D193" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E193" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F193" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>O</t>
+          </r>
+        </is>
+      </c>
+      <c r="G193" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H193" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2022</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="194">
+      <c r="A194" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01EX18</t>
+          </r>
+        </is>
+      </c>
+      <c r="B194" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01EX18</t>
+          </r>
+        </is>
+      </c>
+      <c r="C194" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Avapritinib</t>
+          </r>
+        </is>
+      </c>
+      <c r="D194" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E194" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F194" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>O</t>
+          </r>
+        </is>
+      </c>
+      <c r="G194" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H194" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2022</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="195">
+      <c r="A195" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01EX22</t>
+          </r>
+        </is>
+      </c>
+      <c r="B195" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01EX22</t>
+          </r>
+        </is>
+      </c>
+      <c r="C195" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Selpercatinib</t>
+          </r>
+        </is>
+      </c>
+      <c r="D195" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E195" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F195" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>O</t>
+          </r>
+        </is>
+      </c>
+      <c r="G195" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H195" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2022</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="196">
+      <c r="A196" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01EX27</t>
+          </r>
+        </is>
+      </c>
+      <c r="B196" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01EX27</t>
+          </r>
+        </is>
+      </c>
+      <c r="C196" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Capivasertib</t>
+          </r>
+        </is>
+      </c>
+      <c r="D196" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E196" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F196" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>O</t>
+          </r>
+        </is>
+      </c>
+      <c r="G196" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H196" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2025</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="197">
+      <c r="A197" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01EX28</t>
+          </r>
+        </is>
+      </c>
+      <c r="B197" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01EX28</t>
+          </r>
+        </is>
+      </c>
+      <c r="C197" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Repotrectinib</t>
+          </r>
+        </is>
+      </c>
+      <c r="D197" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E197" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F197" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>O</t>
+          </r>
+        </is>
+      </c>
+      <c r="G197" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H197" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2025</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="198">
+      <c r="A198" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01EX29</t>
+          </r>
+        </is>
+      </c>
+      <c r="B198" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01EX29</t>
+          </r>
+        </is>
+      </c>
+      <c r="C198" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Vimseltinib</t>
+          </r>
+        </is>
+      </c>
+      <c r="D198" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E198" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F198" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>O</t>
+          </r>
+        </is>
+      </c>
+      <c r="G198" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H198" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2026</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="199">
+      <c r="A199" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01FA01</t>
+          </r>
+        </is>
+      </c>
+      <c r="B199" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01FA01</t>
+          </r>
+        </is>
+      </c>
+      <c r="C199" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Rituximab</t>
+          </r>
+        </is>
+      </c>
+      <c r="D199" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E199" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F199" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV, SC</t>
+          </r>
+        </is>
+      </c>
+      <c r="G199" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H199" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2010</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="200">
+      <c r="A200" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01FA03</t>
+          </r>
+        </is>
+      </c>
+      <c r="B200" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01FA03</t>
+          </r>
+        </is>
+      </c>
+      <c r="C200" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Obinutuzumab</t>
+          </r>
+        </is>
+      </c>
+      <c r="D200" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E200" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F200" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G200" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H200" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2017</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="201">
+      <c r="A201" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01FB01</t>
+          </r>
+        </is>
+      </c>
+      <c r="B201" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01FB01</t>
+          </r>
+        </is>
+      </c>
+      <c r="C201" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Inotuzumab ozogamicin</t>
+          </r>
+        </is>
+      </c>
+      <c r="D201" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E201" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F201" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G201" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H201" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2019</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="202">
+      <c r="A202" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01FC01</t>
+          </r>
+        </is>
+      </c>
+      <c r="B202" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01FC01</t>
+          </r>
+        </is>
+      </c>
+      <c r="C202" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Daratumumab</t>
+          </r>
+        </is>
+      </c>
+      <c r="D202" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E202" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F202" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV, SC</t>
+          </r>
+        </is>
+      </c>
+      <c r="G202" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H202" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2017</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="203">
+      <c r="A203" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01FC02</t>
+          </r>
+        </is>
+      </c>
+      <c r="B203" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01FC02</t>
+          </r>
+        </is>
+      </c>
+      <c r="C203" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Isatuximab</t>
+          </r>
+        </is>
+      </c>
+      <c r="D203" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E203" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F203" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G203" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H203" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2021</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="204">
+      <c r="A204" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01FD01</t>
+          </r>
+        </is>
+      </c>
+      <c r="B204" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01FD01</t>
+          </r>
+        </is>
+      </c>
+      <c r="C204" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Trastuzumab</t>
+          </r>
+        </is>
+      </c>
+      <c r="D204" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E204" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F204" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IT, IV, SC</t>
+          </r>
+        </is>
+      </c>
+      <c r="G204" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H204" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2010</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="205">
+      <c r="A205" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01FD02</t>
+          </r>
+        </is>
+      </c>
+      <c r="B205" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01FD02</t>
+          </r>
+        </is>
+      </c>
+      <c r="C205" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Pertuzumab</t>
+          </r>
+        </is>
+      </c>
+      <c r="D205" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E205" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F205" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G205" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H205" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2014</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="206">
+      <c r="A206" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01FD03</t>
+          </r>
+        </is>
+      </c>
+      <c r="B206" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01FD03</t>
+          </r>
+        </is>
+      </c>
+      <c r="C206" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Trastuzumab emtansin</t>
+          </r>
+        </is>
+      </c>
+      <c r="D206" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E206" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F206" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G206" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H206" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2014</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="207">
+      <c r="A207" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01FD04</t>
+          </r>
+        </is>
+      </c>
+      <c r="B207" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01FD04</t>
+          </r>
+        </is>
+      </c>
+      <c r="C207" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Trastuzumab Deruxtecan</t>
+          </r>
+        </is>
+      </c>
+      <c r="D207" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E207" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F207" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G207" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H207" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2023</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="208">
+      <c r="A208" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01FD07</t>
+          </r>
+        </is>
+      </c>
+      <c r="B208" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01FD07</t>
+          </r>
+        </is>
+      </c>
+      <c r="C208" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Zanidatamab</t>
+          </r>
+        </is>
+      </c>
+      <c r="D208" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E208" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F208" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G208" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H208" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2026</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="209">
+      <c r="A209" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01FE01</t>
+          </r>
+        </is>
+      </c>
+      <c r="B209" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01FE01</t>
+          </r>
+        </is>
+      </c>
+      <c r="C209" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Cetuximab</t>
+          </r>
+        </is>
+      </c>
+      <c r="D209" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E209" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F209" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G209" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H209" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2010</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="210">
+      <c r="A210" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01FE02</t>
+          </r>
+        </is>
+      </c>
+      <c r="B210" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01FE02</t>
+          </r>
+        </is>
+      </c>
+      <c r="C210" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Panitumumab</t>
+          </r>
+        </is>
+      </c>
+      <c r="D210" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E210" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F210" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G210" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H210" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2012</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="211">
+      <c r="A211" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01FF01</t>
+          </r>
+        </is>
+      </c>
+      <c r="B211" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01FF01</t>
+          </r>
+        </is>
+      </c>
+      <c r="C211" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Nivolumab</t>
+          </r>
+        </is>
+      </c>
+      <c r="D211" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E211" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F211" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G211" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H211" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2017</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="212">
+      <c r="A212" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01FF02</t>
+          </r>
+        </is>
+      </c>
+      <c r="B212" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01FF02</t>
+          </r>
+        </is>
+      </c>
+      <c r="C212" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Pembrolizumab</t>
+          </r>
+        </is>
+      </c>
+      <c r="D212" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E212" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F212" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G212" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H212" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2017</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="213">
+      <c r="A213" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01FF03</t>
+          </r>
+        </is>
+      </c>
+      <c r="B213" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01FF03</t>
+          </r>
+        </is>
+      </c>
+      <c r="C213" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Durvalumab</t>
+          </r>
+        </is>
+      </c>
+      <c r="D213" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E213" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F213" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G213" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H213" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2022</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="214">
+      <c r="A214" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01FF04</t>
+          </r>
+        </is>
+      </c>
+      <c r="B214" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01FF04</t>
+          </r>
+        </is>
+      </c>
+      <c r="C214" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Avelumab</t>
+          </r>
+        </is>
+      </c>
+      <c r="D214" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E214" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F214" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G214" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H214" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2025</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="215">
+      <c r="A215" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01FF05</t>
+          </r>
+        </is>
+      </c>
+      <c r="B215" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01FF05</t>
+          </r>
+        </is>
+      </c>
+      <c r="C215" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Atezolizumab</t>
+          </r>
+        </is>
+      </c>
+      <c r="D215" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E215" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F215" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV, SC</t>
+          </r>
+        </is>
+      </c>
+      <c r="G215" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H215" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2019</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="216">
+      <c r="A216" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01FF06</t>
+          </r>
+        </is>
+      </c>
+      <c r="B216" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01FF06</t>
+          </r>
+        </is>
+      </c>
+      <c r="C216" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Cemiplimab</t>
+          </r>
+        </is>
+      </c>
+      <c r="D216" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E216" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F216" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G216" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H216" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2021</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="217">
+      <c r="A217" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01FF07</t>
+          </r>
+        </is>
+      </c>
+      <c r="B217" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01FF07</t>
+          </r>
+        </is>
+      </c>
+      <c r="C217" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Dostarlimabum</t>
+          </r>
+        </is>
+      </c>
+      <c r="D217" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E217" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F217" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G217" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H217" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2023</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="218">
+      <c r="A218" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01FF09</t>
+          </r>
+        </is>
+      </c>
+      <c r="B218" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01FF09</t>
+          </r>
+        </is>
+      </c>
+      <c r="C218" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Tislelizumab</t>
+          </r>
+        </is>
+      </c>
+      <c r="D218" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E218" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F218" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G218" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H218" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2025</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="219">
+      <c r="A219" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01FG01</t>
+          </r>
+        </is>
+      </c>
+      <c r="B219" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01FG01</t>
+          </r>
+        </is>
+      </c>
+      <c r="C219" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Bevacizumab</t>
+          </r>
+        </is>
+      </c>
+      <c r="D219" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E219" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F219" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G219" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H219" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2010</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="220">
+      <c r="A220" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01FX02</t>
+          </r>
+        </is>
+      </c>
+      <c r="B220" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01FX02</t>
+          </r>
+        </is>
+      </c>
+      <c r="C220" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Gemtuzumab Ozogamicin</t>
+          </r>
+        </is>
+      </c>
+      <c r="D220" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E220" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F220" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G220" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H220" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2021</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="221">
+      <c r="A221" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01FX04</t>
+          </r>
+        </is>
+      </c>
+      <c r="B221" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01FX04</t>
+          </r>
+        </is>
+      </c>
+      <c r="C221" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Ipilimumab</t>
+          </r>
+        </is>
+      </c>
+      <c r="D221" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E221" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F221" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G221" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H221" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2017</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="222">
+      <c r="A222" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01FX05</t>
+          </r>
+        </is>
+      </c>
+      <c r="B222" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01FX05</t>
+          </r>
+        </is>
+      </c>
+      <c r="C222" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Brentuximab vedotin</t>
+          </r>
+        </is>
+      </c>
+      <c r="D222" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E222" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F222" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G222" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H222" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2014</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="223">
+      <c r="A223" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01FX06</t>
+          </r>
+        </is>
+      </c>
+      <c r="B223" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01FX06</t>
+          </r>
+        </is>
+      </c>
+      <c r="C223" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Dinutuximab beta</t>
+          </r>
+        </is>
+      </c>
+      <c r="D223" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>CQZ</t>
+          </r>
+          <r>
+            <rPr>
+              <sz val="8"/>
+              <vertAlign val="superscript"/>
+            </rPr>
+            <t> 7)</t>
+          </r>
+        </is>
+      </c>
+      <c r="E223" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F223" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G223" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H223" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2020</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="224">
+      <c r="A224" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01FX07</t>
+          </r>
+        </is>
+      </c>
+      <c r="B224" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01FX07</t>
+          </r>
+        </is>
+      </c>
+      <c r="C224" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Blinatumomab</t>
+          </r>
+        </is>
+      </c>
+      <c r="D224" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E224" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F224" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G224" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mcg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H224" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2017</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="225">
+      <c r="A225" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01FX08</t>
+          </r>
+        </is>
+      </c>
+      <c r="B225" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01FX08</t>
+          </r>
+        </is>
+      </c>
+      <c r="C225" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Elotuzumab</t>
+          </r>
+        </is>
+      </c>
+      <c r="D225" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E225" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F225" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G225" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H225" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2017</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="226">
+      <c r="A226" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01FX12</t>
+          </r>
+        </is>
+      </c>
+      <c r="B226" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01FX12</t>
+          </r>
+        </is>
+      </c>
+      <c r="C226" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Tafasitamab</t>
+          </r>
+        </is>
+      </c>
+      <c r="D226" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E226" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F226" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G226" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H226" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2021</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="227">
+      <c r="A227" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01FX13</t>
+          </r>
+        </is>
+      </c>
+      <c r="B227" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01FX13</t>
+          </r>
+        </is>
+      </c>
+      <c r="C227" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Enfortumab vedotin</t>
+          </r>
+        </is>
+      </c>
+      <c r="D227" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E227" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F227" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G227" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H227" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2023</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="228">
+      <c r="A228" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01FX14</t>
+          </r>
+        </is>
+      </c>
+      <c r="B228" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01FX14</t>
+          </r>
+        </is>
+      </c>
+      <c r="C228" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Polatuzumab vedotin</t>
+          </r>
+        </is>
+      </c>
+      <c r="D228" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E228" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F228" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G228" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H228" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2023</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="229">
+      <c r="A229" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01FX15</t>
+          </r>
+        </is>
+      </c>
+      <c r="B229" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01FX15</t>
+          </r>
+        </is>
+      </c>
+      <c r="C229" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Belantamab mafodotin</t>
+          </r>
+        </is>
+      </c>
+      <c r="D229" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E229" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F229" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G229" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H229" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2023</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="230">
+      <c r="A230" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01FX17</t>
+          </r>
+        </is>
+      </c>
+      <c r="B230" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01FX17</t>
+          </r>
+        </is>
+      </c>
+      <c r="C230" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Sacituzumab Govitecan</t>
+          </r>
+        </is>
+      </c>
+      <c r="D230" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E230" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F230" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G230" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H230" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2023</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="231">
+      <c r="A231" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01FX18</t>
+          </r>
+        </is>
+      </c>
+      <c r="B231" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01FX18</t>
+          </r>
+        </is>
+      </c>
+      <c r="C231" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Amivantamab</t>
+          </r>
+        </is>
+      </c>
+      <c r="D231" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E231" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F231" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G231" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H231" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2023</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="232">
+      <c r="A232" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01FX20</t>
+          </r>
+        </is>
+      </c>
+      <c r="B232" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01FX20</t>
+          </r>
+        </is>
+      </c>
+      <c r="C232" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Tremelimumab</t>
+          </r>
+        </is>
+      </c>
+      <c r="D232" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E232" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F232" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G232" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H232" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2025</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="233">
+      <c r="A233" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01FX24</t>
+          </r>
+        </is>
+      </c>
+      <c r="B233" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01FX24</t>
+          </r>
+        </is>
+      </c>
+      <c r="C233" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Teclistamab</t>
+          </r>
+        </is>
+      </c>
+      <c r="D233" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E233" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F233" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>SC</t>
+          </r>
+        </is>
+      </c>
+      <c r="G233" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H233" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>06.06.2023</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="234">
+      <c r="A234" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01FX25</t>
+          </r>
+        </is>
+      </c>
+      <c r="B234" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01FX25</t>
+          </r>
+        </is>
+      </c>
+      <c r="C234" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Mosunetuzumab</t>
+          </r>
+        </is>
+      </c>
+      <c r="D234" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E234" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F234" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G234" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H234" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>29.03.2023</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="235">
+      <c r="A235" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01FX26</t>
+          </r>
+        </is>
+      </c>
+      <c r="B235" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01FX26</t>
+          </r>
+        </is>
+      </c>
+      <c r="C235" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Mirvetuximab soravtansin</t>
+          </r>
+        </is>
+      </c>
+      <c r="D235" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E235" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F235" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G235" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H235" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2026</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="236">
+      <c r="A236" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01FX27</t>
+          </r>
+        </is>
+      </c>
+      <c r="B236" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01FX27</t>
+          </r>
+        </is>
+      </c>
+      <c r="C236" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Epcoritamab</t>
+          </r>
+        </is>
+      </c>
+      <c r="D236" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E236" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F236" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>SC</t>
+          </r>
+        </is>
+      </c>
+      <c r="G236" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H236" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2025</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="237">
+      <c r="A237" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01FX28</t>
+          </r>
+        </is>
+      </c>
+      <c r="B237" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01FX28</t>
+          </r>
+        </is>
+      </c>
+      <c r="C237" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Glofitamab</t>
+          </r>
+        </is>
+      </c>
+      <c r="D237" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E237" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F237" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G237" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H237" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2024</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="238">
+      <c r="A238" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01FX29</t>
+          </r>
+        </is>
+      </c>
+      <c r="B238" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01FX29</t>
+          </r>
+        </is>
+      </c>
+      <c r="C238" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Talquetamab</t>
+          </r>
+        </is>
+      </c>
+      <c r="D238" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E238" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F238" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>SC</t>
+          </r>
+        </is>
+      </c>
+      <c r="G238" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H238" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2024</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="239">
+      <c r="A239" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01FX31</t>
+          </r>
+        </is>
+      </c>
+      <c r="B239" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01FX31</t>
+          </r>
+        </is>
+      </c>
+      <c r="C239" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Zolbetuximab</t>
+          </r>
+        </is>
+      </c>
+      <c r="D239" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E239" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F239" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G239" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H239" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2026</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="240">
+      <c r="A240" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01FX32</t>
+          </r>
+        </is>
+      </c>
+      <c r="B240" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01FX32</t>
+          </r>
+        </is>
+      </c>
+      <c r="C240" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Elranatamab</t>
+          </r>
+        </is>
+      </c>
+      <c r="D240" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E240" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F240" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>SC</t>
+          </r>
+        </is>
+      </c>
+      <c r="G240" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H240" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2024</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="241">
+      <c r="A241" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01FX34</t>
+          </r>
+        </is>
+      </c>
+      <c r="B241" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01FX34</t>
+          </r>
+        </is>
+      </c>
+      <c r="C241" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Odronextamab</t>
+          </r>
+        </is>
+      </c>
+      <c r="D241" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E241" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F241" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G241" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H241" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2026</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="242">
+      <c r="A242" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01FX35</t>
+          </r>
+        </is>
+      </c>
+      <c r="B242" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01FX35</t>
+          </r>
+        </is>
+      </c>
+      <c r="C242" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Datopotamab deruxtecan</t>
+          </r>
+        </is>
+      </c>
+      <c r="D242" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E242" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F242" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G242" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H242" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2026</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="243">
+      <c r="A243" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01FY01</t>
+          </r>
+        </is>
+      </c>
+      <c r="B243" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01FY01</t>
+          </r>
+        </is>
+      </c>
+      <c r="C243" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Pertuzumab und Trastuzumab</t>
+          </r>
+          <r>
+            <rPr>
+              <sz val="8"/>
+              <vertAlign val="superscript"/>
+            </rPr>
+            <t> 23)</t>
+          </r>
+        </is>
+      </c>
+      <c r="D243" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E243" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F243" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>SC</t>
+          </r>
+        </is>
+      </c>
+      <c r="G243" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H243" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2022</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="244">
+      <c r="A244" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01FY02</t>
+          </r>
+        </is>
+      </c>
+      <c r="B244" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01FY02</t>
+          </r>
+        </is>
+      </c>
+      <c r="C244" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Nivolumab und Relatlimab</t>
+          </r>
+          <r>
+            <rPr>
+              <sz val="8"/>
+              <vertAlign val="superscript"/>
+            </rPr>
+            <t> 24)</t>
+          </r>
+        </is>
+      </c>
+      <c r="D244" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E244" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F244" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G244" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H244" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2024</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="245">
+      <c r="A245" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01XG01</t>
+          </r>
+        </is>
+      </c>
+      <c r="B245" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01XG01</t>
+          </r>
+        </is>
+      </c>
+      <c r="C245" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Bortezomib</t>
+          </r>
+        </is>
+      </c>
+      <c r="D245" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E245" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F245" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV, SC</t>
+          </r>
+        </is>
+      </c>
+      <c r="G245" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H245" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2010</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="246">
+      <c r="A246" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01XG02</t>
+          </r>
+        </is>
+      </c>
+      <c r="B246" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01XG02</t>
+          </r>
+        </is>
+      </c>
+      <c r="C246" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Carfilzomib</t>
+          </r>
+        </is>
+      </c>
+      <c r="D246" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E246" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F246" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G246" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H246" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2016</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="247">
+      <c r="A247" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01XG03</t>
+          </r>
+        </is>
+      </c>
+      <c r="B247" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01XG03</t>
+          </r>
+        </is>
+      </c>
+      <c r="C247" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Ixazomib</t>
+          </r>
+        </is>
+      </c>
+      <c r="D247" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E247" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F247" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>O</t>
+          </r>
+        </is>
+      </c>
+      <c r="G247" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H247" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2019</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="248">
+      <c r="A248" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01XH03</t>
+          </r>
+        </is>
+      </c>
+      <c r="B248" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01XH03</t>
+          </r>
+        </is>
+      </c>
+      <c r="C248" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Panobinostat</t>
+          </r>
+        </is>
+      </c>
+      <c r="D248" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E248" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F248" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>O</t>
+          </r>
+        </is>
+      </c>
+      <c r="G248" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H248" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2025</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="249">
+      <c r="A249" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01XK01</t>
+          </r>
+        </is>
+      </c>
+      <c r="B249" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01XK01</t>
+          </r>
+        </is>
+      </c>
+      <c r="C249" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Olaparib</t>
+          </r>
+        </is>
+      </c>
+      <c r="D249" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E249" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F249" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>O</t>
+          </r>
+        </is>
+      </c>
+      <c r="G249" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H249" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2017</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="250">
+      <c r="A250" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01XK02</t>
+          </r>
+        </is>
+      </c>
+      <c r="B250" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01XK02</t>
+          </r>
+        </is>
+      </c>
+      <c r="C250" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Niraparib</t>
+          </r>
+        </is>
+      </c>
+      <c r="D250" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E250" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F250" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>O</t>
+          </r>
+        </is>
+      </c>
+      <c r="G250" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H250" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2020</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="251">
+      <c r="A251" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01XK04</t>
+          </r>
+        </is>
+      </c>
+      <c r="B251" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01XK04</t>
+          </r>
+        </is>
+      </c>
+      <c r="C251" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Talazoparib</t>
+          </r>
+        </is>
+      </c>
+      <c r="D251" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E251" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F251" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>O</t>
+          </r>
+        </is>
+      </c>
+      <c r="G251" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H251" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2021</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="252">
+      <c r="A252" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01XK52</t>
+          </r>
+        </is>
+      </c>
+      <c r="B252" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01XK52</t>
+          </r>
+        </is>
+      </c>
+      <c r="C252" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Niraparib und Abirateron</t>
+          </r>
+        </is>
+      </c>
+      <c r="D252" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E252" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F252" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>O</t>
+          </r>
+        </is>
+      </c>
+      <c r="G252" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>UD</t>
+          </r>
+        </is>
+      </c>
+      <c r="H252" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2024</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="253">
+      <c r="A253" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01XL03</t>
+          </r>
+        </is>
+      </c>
+      <c r="B253" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01XL03</t>
+          </r>
+        </is>
+      </c>
+      <c r="C253" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Axicabtagen Ciloleucel</t>
+          </r>
+        </is>
+      </c>
+      <c r="D253" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>BCL, FL</t>
+          </r>
+        </is>
+      </c>
+      <c r="E253" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F253" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G253" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>AN</t>
+          </r>
+        </is>
+      </c>
+      <c r="H253" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2019</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="254">
+      <c r="A254" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01XL04</t>
+          </r>
+        </is>
+      </c>
+      <c r="B254" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01XL04</t>
+          </r>
+        </is>
+      </c>
+      <c r="C254" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Tisagenlecleucel</t>
+          </r>
+        </is>
+      </c>
+      <c r="D254" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>BCL, ALL, FL</t>
+          </r>
+        </is>
+      </c>
+      <c r="E254" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F254" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G254" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>AN</t>
+          </r>
+        </is>
+      </c>
+      <c r="H254" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2019</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="255">
+      <c r="A255" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01XL05</t>
+          </r>
+        </is>
+      </c>
+      <c r="B255" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01XL05</t>
+          </r>
+        </is>
+      </c>
+      <c r="C255" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Ciltacabtagene autoleucel</t>
+          </r>
+        </is>
+      </c>
+      <c r="D255" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>MM</t>
+          </r>
+        </is>
+      </c>
+      <c r="E255" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F255" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G255" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>AN</t>
+          </r>
+        </is>
+      </c>
+      <c r="H255" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>17.03.2021</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="256">
+      <c r="A256" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01XL06</t>
+          </r>
+        </is>
+      </c>
+      <c r="B256" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01XL06</t>
+          </r>
+        </is>
+      </c>
+      <c r="C256" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Brexucabtagene autoleucel</t>
+          </r>
+        </is>
+      </c>
+      <c r="D256" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>ALL, MCL</t>
+          </r>
+        </is>
+      </c>
+      <c r="E256" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F256" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G256" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>AN</t>
+          </r>
+        </is>
+      </c>
+      <c r="H256" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2021</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="257">
+      <c r="A257" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01XL07</t>
+          </r>
+        </is>
+      </c>
+      <c r="B257" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01XL07</t>
+          </r>
+        </is>
+      </c>
+      <c r="C257" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Idecabtagene vicleucel</t>
+          </r>
+        </is>
+      </c>
+      <c r="D257" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>MM</t>
+          </r>
+        </is>
+      </c>
+      <c r="E257" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F257" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G257" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>AN</t>
+          </r>
+        </is>
+      </c>
+      <c r="H257" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2019</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="258">
+      <c r="A258" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01XL08</t>
+          </r>
+        </is>
+      </c>
+      <c r="B258" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01XL08</t>
+          </r>
+        </is>
+      </c>
+      <c r="C258" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Lisocabtagene Maraleucel</t>
+          </r>
+        </is>
+      </c>
+      <c r="D258" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>BCL, FL, MCL</t>
+          </r>
+        </is>
+      </c>
+      <c r="E258" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F258" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G258" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>AN</t>
+          </r>
+        </is>
+      </c>
+      <c r="H258" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2019</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="259">
+      <c r="A259" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01XL09</t>
+          </r>
+        </is>
+      </c>
+      <c r="B259" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01XL09</t>
+          </r>
+        </is>
+      </c>
+      <c r="C259" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Tabelecleucel</t>
+          </r>
+        </is>
+      </c>
+      <c r="D259" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E259" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F259" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G259" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>AN</t>
+          </r>
+        </is>
+      </c>
+      <c r="H259" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2024</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="260">
+      <c r="A260" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01XL11</t>
+          </r>
+        </is>
+      </c>
+      <c r="B260" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01XL11</t>
+          </r>
+        </is>
+      </c>
+      <c r="C260" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Lifileucel</t>
+          </r>
+        </is>
+      </c>
+      <c r="D260" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E260" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F260" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G260" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>AN</t>
+          </r>
+        </is>
+      </c>
+      <c r="H260" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2025</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="261">
+      <c r="A261" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01XL12</t>
+          </r>
+        </is>
+      </c>
+      <c r="B261" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01XL12</t>
+          </r>
+        </is>
+      </c>
+      <c r="C261" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Obecabtagen autoleucel</t>
+          </r>
+        </is>
+      </c>
+      <c r="D261" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>ALL</t>
+          </r>
+        </is>
+      </c>
+      <c r="E261" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F261" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G261" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>AN</t>
+          </r>
+        </is>
+      </c>
+      <c r="H261" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2026</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="262">
+      <c r="A262" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01XM02</t>
+          </r>
+        </is>
+      </c>
+      <c r="B262" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01XM02</t>
+          </r>
+        </is>
+      </c>
+      <c r="C262" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Ivosidenib</t>
+          </r>
+        </is>
+      </c>
+      <c r="D262" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E262" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F262" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>O</t>
+          </r>
+        </is>
+      </c>
+      <c r="G262" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H262" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2024</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="263">
+      <c r="A263" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01XM04</t>
+          </r>
+        </is>
+      </c>
+      <c r="B263" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01XM04</t>
+          </r>
+        </is>
+      </c>
+      <c r="C263" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Vorasidenib</t>
+          </r>
+        </is>
+      </c>
+      <c r="D263" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E263" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F263" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>O</t>
+          </r>
+        </is>
+      </c>
+      <c r="G263" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H263" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2025</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="264">
+      <c r="A264" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01XX02</t>
+          </r>
+        </is>
+      </c>
+      <c r="B264" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01XX02</t>
+          </r>
+        </is>
+      </c>
+      <c r="C264" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Asparaginase</t>
+          </r>
+        </is>
+      </c>
+      <c r="D264" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>ACO, ACY</t>
+          </r>
+          <r>
+            <rPr>
+              <sz val="8"/>
+              <vertAlign val="superscript"/>
+            </rPr>
+            <t> 7)</t>
+          </r>
+        </is>
+      </c>
+      <c r="E264" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F264" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IM, IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G264" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>U</t>
+          </r>
+          <r>
+            <rPr>
+              <sz val="8"/>
+              <vertAlign val="superscript"/>
+            </rPr>
+            <t> 25)</t>
+          </r>
+        </is>
+      </c>
+      <c r="H264" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2010</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="265">
+      <c r="A265" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01XX24</t>
+          </r>
+        </is>
+      </c>
+      <c r="B265" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01XX24</t>
+          </r>
+        </is>
+      </c>
+      <c r="C265" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Pegaspargase</t>
+          </r>
+        </is>
+      </c>
+      <c r="D265" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E265" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F265" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IM, IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G265" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>U</t>
+          </r>
+        </is>
+      </c>
+      <c r="H265" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2022</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="266">
+      <c r="A266" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01XX27</t>
+          </r>
+        </is>
+      </c>
+      <c r="B266" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01XX27</t>
+          </r>
+        </is>
+      </c>
+      <c r="C266" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Arsentrioxid</t>
+          </r>
+        </is>
+      </c>
+      <c r="D266" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E266" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F266" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G266" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H266" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2012</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="267">
+      <c r="A267" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01XX52</t>
+          </r>
+        </is>
+      </c>
+      <c r="B267" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01XX52</t>
+          </r>
+        </is>
+      </c>
+      <c r="C267" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Venetoclax</t>
+          </r>
+        </is>
+      </c>
+      <c r="D267" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E267" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F267" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>O</t>
+          </r>
+        </is>
+      </c>
+      <c r="G267" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H267" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2019</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="268">
+      <c r="A268" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01XX66</t>
+          </r>
+        </is>
+      </c>
+      <c r="B268" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01XX66</t>
+          </r>
+        </is>
+      </c>
+      <c r="C268" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Selinexor</t>
+          </r>
+        </is>
+      </c>
+      <c r="D268" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E268" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F268" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>O</t>
+          </r>
+        </is>
+      </c>
+      <c r="G268" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H268" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2023</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="269">
+      <c r="A269" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01XX67</t>
+          </r>
+        </is>
+      </c>
+      <c r="B269" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01XX67</t>
+          </r>
+        </is>
+      </c>
+      <c r="C269" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Tagraxofusp</t>
+          </r>
+        </is>
+      </c>
+      <c r="D269" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E269" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F269" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G269" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H269" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2022</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="270">
+      <c r="A270" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01XX69</t>
+          </r>
+        </is>
+      </c>
+      <c r="B270" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01XX69</t>
+          </r>
+        </is>
+      </c>
+      <c r="C270" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Lurbinectedin</t>
+          </r>
+        </is>
+      </c>
+      <c r="D270" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E270" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F270" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G270" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H270" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2024</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="271">
+      <c r="A271" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01XX73</t>
+          </r>
+        </is>
+      </c>
+      <c r="B271" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01XX73</t>
+          </r>
+        </is>
+      </c>
+      <c r="C271" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Sotorasib</t>
+          </r>
+        </is>
+      </c>
+      <c r="D271" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E271" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F271" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>O</t>
+          </r>
+        </is>
+      </c>
+      <c r="G271" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H271" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2022</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="272">
+      <c r="A272" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01XX74</t>
+          </r>
+        </is>
+      </c>
+      <c r="B272" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01XX74</t>
+          </r>
+        </is>
+      </c>
+      <c r="C272" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Belzutifan</t>
+          </r>
+        </is>
+      </c>
+      <c r="D272" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E272" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F272" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>O</t>
+          </r>
+        </is>
+      </c>
+      <c r="G272" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H272" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2025</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="273">
+      <c r="A273" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01XX75</t>
+          </r>
+        </is>
+      </c>
+      <c r="B273" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01XX75</t>
+          </r>
+        </is>
+      </c>
+      <c r="C273" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Tebentafusp</t>
+          </r>
+        </is>
+      </c>
+      <c r="D273" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E273" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F273" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G273" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mcg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H273" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2023</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="274">
+      <c r="A274" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01XX81</t>
+          </r>
+        </is>
+      </c>
+      <c r="B274" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01XX81</t>
+          </r>
+        </is>
+      </c>
+      <c r="C274" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Nirogacestat</t>
+          </r>
+        </is>
+      </c>
+      <c r="D274" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E274" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F274" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>O</t>
+          </r>
+        </is>
+      </c>
+      <c r="G274" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H274" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2024</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="275">
+      <c r="A275" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01XY01</t>
+          </r>
+        </is>
+      </c>
+      <c r="B275" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L01XY01</t>
+          </r>
+        </is>
+      </c>
+      <c r="C275" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Cytarabin und Daunorubicin</t>
+          </r>
+          <r>
+            <rPr>
+              <sz val="8"/>
+              <vertAlign val="superscript"/>
+            </rPr>
+            <t> 26)</t>
+          </r>
+        </is>
+      </c>
+      <c r="D275" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E275" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>liposomal IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="F275" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G275" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H275" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2021</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="276">
+      <c r="A276" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L02BA03</t>
+          </r>
+        </is>
+      </c>
+      <c r="B276" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L02BA03</t>
+          </r>
+        </is>
+      </c>
+      <c r="C276" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Fulvestrant</t>
+          </r>
+        </is>
+      </c>
+      <c r="D276" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E276" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F276" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IM</t>
+          </r>
+        </is>
+      </c>
+      <c r="G276" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H276" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2025</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="277">
+      <c r="A277" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L02BA04</t>
+          </r>
+        </is>
+      </c>
+      <c r="B277" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L02BA04</t>
+          </r>
+        </is>
+      </c>
+      <c r="C277" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Elacestrant</t>
+          </r>
+        </is>
+      </c>
+      <c r="D277" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E277" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F277" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>O</t>
+          </r>
+        </is>
+      </c>
+      <c r="G277" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H277" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2025</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="278">
+      <c r="A278" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L02BB04</t>
+          </r>
+        </is>
+      </c>
+      <c r="B278" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L02BB04</t>
+          </r>
+        </is>
+      </c>
+      <c r="C278" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Enzalutamid</t>
+          </r>
+        </is>
+      </c>
+      <c r="D278" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E278" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F278" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>O</t>
+          </r>
+        </is>
+      </c>
+      <c r="G278" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H278" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2017</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="279">
+      <c r="A279" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L02BB05</t>
+          </r>
+        </is>
+      </c>
+      <c r="B279" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L02BB05</t>
+          </r>
+        </is>
+      </c>
+      <c r="C279" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Apalutamid</t>
+          </r>
+        </is>
+      </c>
+      <c r="D279" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E279" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F279" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>O</t>
+          </r>
+        </is>
+      </c>
+      <c r="G279" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H279" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2020</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="280">
+      <c r="A280" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L02BX03</t>
+          </r>
+        </is>
+      </c>
+      <c r="B280" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L02BX03</t>
+          </r>
+        </is>
+      </c>
+      <c r="C280" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Abirateron</t>
+          </r>
+        </is>
+      </c>
+      <c r="D280" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E280" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F280" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>O</t>
+          </r>
+        </is>
+      </c>
+      <c r="G280" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H280" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2014</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="281">
+      <c r="A281" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L03AA02</t>
+          </r>
+        </is>
+      </c>
+      <c r="B281" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L03AA02</t>
+          </r>
+        </is>
+      </c>
+      <c r="C281" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Filgrastim</t>
+          </r>
+        </is>
+      </c>
+      <c r="D281" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E281" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F281" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV, SC</t>
+          </r>
+        </is>
+      </c>
+      <c r="G281" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>MU</t>
+          </r>
+        </is>
+      </c>
+      <c r="H281" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2022</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="282">
+      <c r="A282" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L03AA13</t>
+          </r>
+        </is>
+      </c>
+      <c r="B282" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L03AA13</t>
+          </r>
+        </is>
+      </c>
+      <c r="C282" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Pegfilgrastim</t>
+          </r>
+        </is>
+      </c>
+      <c r="D282" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E282" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F282" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>SC</t>
+          </r>
+        </is>
+      </c>
+      <c r="G282" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H282" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2010</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="283">
+      <c r="A283" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L03AB15</t>
+          </r>
+        </is>
+      </c>
+      <c r="B283" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L03AB15</t>
+          </r>
+        </is>
+      </c>
+      <c r="C283" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Ropeginterferon alfa-2b</t>
+          </r>
+        </is>
+      </c>
+      <c r="D283" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E283" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F283" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>SC</t>
+          </r>
+        </is>
+      </c>
+      <c r="G283" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mcg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H283" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2023</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="284">
+      <c r="A284" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L03AX15</t>
+          </r>
+        </is>
+      </c>
+      <c r="B284" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L03AX15</t>
+          </r>
+        </is>
+      </c>
+      <c r="C284" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Mifamurtid</t>
+          </r>
+        </is>
+      </c>
+      <c r="D284" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E284" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F284" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G284" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H284" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2020</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="285">
+      <c r="A285" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L03AX16</t>
+          </r>
+        </is>
+      </c>
+      <c r="B285" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L03AX16</t>
+          </r>
+        </is>
+      </c>
+      <c r="C285" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Plerixafor</t>
+          </r>
+        </is>
+      </c>
+      <c r="D285" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E285" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F285" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV, SC</t>
+          </r>
+        </is>
+      </c>
+      <c r="G285" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H285" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2012</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="286">
+      <c r="A286" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L03AX22</t>
+          </r>
+        </is>
+      </c>
+      <c r="B286" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L03AX22</t>
+          </r>
+        </is>
+      </c>
+      <c r="C286" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Leniolisib</t>
+          </r>
+        </is>
+      </c>
+      <c r="D286" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E286" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F286" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>O</t>
+          </r>
+        </is>
+      </c>
+      <c r="G286" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H286" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2024</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="287">
+      <c r="A287" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L04AA03</t>
+          </r>
+        </is>
+      </c>
+      <c r="B287" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L04AA03</t>
+          </r>
+        </is>
+      </c>
+      <c r="C287" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Antilymphozytäres Immunglobulin (Pferd)</t>
+          </r>
+        </is>
+      </c>
+      <c r="D287" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E287" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F287" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G287" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H287" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2010</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="288">
+      <c r="A288" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L04AA04</t>
+          </r>
+        </is>
+      </c>
+      <c r="B288" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L04AA04</t>
+          </r>
+        </is>
+      </c>
+      <c r="C288" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Antithymozytäres Immunglobulin (Kaninchen)</t>
+          </r>
+        </is>
+      </c>
+      <c r="D288" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>CTG, CFR</t>
+          </r>
+          <r>
+            <rPr>
+              <sz val="8"/>
+              <vertAlign val="superscript"/>
+            </rPr>
+            <t> 7)</t>
+          </r>
+        </is>
+      </c>
+      <c r="E288" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F288" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G288" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H288" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2014</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="289">
+      <c r="A289" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L04AA24</t>
+          </r>
+        </is>
+      </c>
+      <c r="B289" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L04AA24</t>
+          </r>
+        </is>
+      </c>
+      <c r="C289" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Abatacept</t>
+          </r>
+        </is>
+      </c>
+      <c r="D289" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E289" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F289" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IT, IV, SC</t>
+          </r>
+        </is>
+      </c>
+      <c r="G289" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H289" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2010</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="290">
+      <c r="A290" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L04AA40</t>
+          </r>
+        </is>
+      </c>
+      <c r="B290" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L04AA40</t>
+          </r>
+        </is>
+      </c>
+      <c r="C290" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Cladribin</t>
+          </r>
+        </is>
+      </c>
+      <c r="D290" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E290" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F290" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>O</t>
+          </r>
+        </is>
+      </c>
+      <c r="G290" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H290" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2026</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="291">
+      <c r="A291" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L04AA41</t>
+          </r>
+        </is>
+      </c>
+      <c r="B291" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L04AA41</t>
+          </r>
+        </is>
+      </c>
+      <c r="C291" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Imlifidase</t>
+          </r>
+        </is>
+      </c>
+      <c r="D291" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E291" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F291" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G291" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H291" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2023</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="292">
+      <c r="A292" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L04AA48</t>
+          </r>
+        </is>
+      </c>
+      <c r="B292" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L04AA48</t>
+          </r>
+        </is>
+      </c>
+      <c r="C292" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Belumosudil</t>
+          </r>
+        </is>
+      </c>
+      <c r="D292" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E292" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F292" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>O</t>
+          </r>
+        </is>
+      </c>
+      <c r="G292" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H292" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2025</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="293">
+      <c r="A293" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L04AB01</t>
+          </r>
+        </is>
+      </c>
+      <c r="B293" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L04AB01</t>
+          </r>
+        </is>
+      </c>
+      <c r="C293" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Etanercept</t>
+          </r>
+          <r>
+            <rPr>
+              <sz val="8"/>
+              <vertAlign val="superscript"/>
+            </rPr>
+            <t> 10)</t>
+          </r>
+        </is>
+      </c>
+      <c r="D293" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E293" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F293" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>SC</t>
+          </r>
+        </is>
+      </c>
+      <c r="G293" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H293" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2010</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="294">
+      <c r="A294" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L04AB02</t>
+          </r>
+        </is>
+      </c>
+      <c r="B294" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L04AB02</t>
+          </r>
+        </is>
+      </c>
+      <c r="C294" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Infliximab</t>
+          </r>
+        </is>
+      </c>
+      <c r="D294" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E294" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F294" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV, SC</t>
+          </r>
+        </is>
+      </c>
+      <c r="G294" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H294" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2010</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="295">
+      <c r="A295" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L04AB04</t>
+          </r>
+        </is>
+      </c>
+      <c r="B295" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L04AB04</t>
+          </r>
+        </is>
+      </c>
+      <c r="C295" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Adalimumab</t>
+          </r>
+        </is>
+      </c>
+      <c r="D295" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E295" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F295" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV, SC</t>
+          </r>
+        </is>
+      </c>
+      <c r="G295" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H295" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2010</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="296">
+      <c r="A296" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L04AB05</t>
+          </r>
+        </is>
+      </c>
+      <c r="B296" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L04AB05</t>
+          </r>
+        </is>
+      </c>
+      <c r="C296" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Certolizumab pegol</t>
+          </r>
+        </is>
+      </c>
+      <c r="D296" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E296" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F296" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV, SC</t>
+          </r>
+        </is>
+      </c>
+      <c r="G296" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H296" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2010</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="297">
+      <c r="A297" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L04AB06</t>
+          </r>
+        </is>
+      </c>
+      <c r="B297" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L04AB06</t>
+          </r>
+        </is>
+      </c>
+      <c r="C297" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Golimumab</t>
+          </r>
+        </is>
+      </c>
+      <c r="D297" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E297" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F297" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV, SC</t>
+          </r>
+        </is>
+      </c>
+      <c r="G297" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H297" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2010</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="298">
+      <c r="A298" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L04AC05</t>
+          </r>
+        </is>
+      </c>
+      <c r="B298" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L04AC05</t>
+          </r>
+        </is>
+      </c>
+      <c r="C298" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Ustekinumab</t>
+          </r>
+        </is>
+      </c>
+      <c r="D298" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E298" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F298" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV, SC</t>
+          </r>
+        </is>
+      </c>
+      <c r="G298" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H298" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2012</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="299">
+      <c r="A299" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L04AC07</t>
+          </r>
+        </is>
+      </c>
+      <c r="B299" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L04AC07</t>
+          </r>
+        </is>
+      </c>
+      <c r="C299" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Tocilizumab</t>
+          </r>
+        </is>
+      </c>
+      <c r="D299" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E299" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F299" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV, SC</t>
+          </r>
+        </is>
+      </c>
+      <c r="G299" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H299" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2010</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="300">
+      <c r="A300" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L04AC08</t>
+          </r>
+        </is>
+      </c>
+      <c r="B300" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L04AC08</t>
+          </r>
+        </is>
+      </c>
+      <c r="C300" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Canakinumab</t>
+          </r>
+        </is>
+      </c>
+      <c r="D300" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E300" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F300" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>SC</t>
+          </r>
+        </is>
+      </c>
+      <c r="G300" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H300" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2019</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="301">
+      <c r="A301" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L04AC10</t>
+          </r>
+        </is>
+      </c>
+      <c r="B301" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L04AC10</t>
+          </r>
+        </is>
+      </c>
+      <c r="C301" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Secukinumab</t>
+          </r>
+        </is>
+      </c>
+      <c r="D301" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E301" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F301" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>SC</t>
+          </r>
+        </is>
+      </c>
+      <c r="G301" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H301" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2019</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="302">
+      <c r="A302" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L04AC11</t>
+          </r>
+        </is>
+      </c>
+      <c r="B302" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L04AC11</t>
+          </r>
+        </is>
+      </c>
+      <c r="C302" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Siltuximab</t>
+          </r>
+        </is>
+      </c>
+      <c r="D302" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E302" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F302" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G302" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H302" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2023</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="303">
+      <c r="A303" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L04AC13</t>
+          </r>
+        </is>
+      </c>
+      <c r="B303" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L04AC13</t>
+          </r>
+        </is>
+      </c>
+      <c r="C303" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Ixekizumab</t>
+          </r>
+        </is>
+      </c>
+      <c r="D303" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E303" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F303" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>SC</t>
+          </r>
+        </is>
+      </c>
+      <c r="G303" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H303" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2020</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="304">
+      <c r="A304" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L04AC14</t>
+          </r>
+        </is>
+      </c>
+      <c r="B304" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L04AC14</t>
+          </r>
+        </is>
+      </c>
+      <c r="C304" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Sarilumab</t>
+          </r>
+        </is>
+      </c>
+      <c r="D304" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E304" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F304" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>SC</t>
+          </r>
+        </is>
+      </c>
+      <c r="G304" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H304" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2020</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="305">
+      <c r="A305" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L04AC16</t>
+          </r>
+        </is>
+      </c>
+      <c r="B305" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L04AC16</t>
+          </r>
+        </is>
+      </c>
+      <c r="C305" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Guselkumab</t>
+          </r>
+        </is>
+      </c>
+      <c r="D305" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E305" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F305" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV, SC</t>
+          </r>
+        </is>
+      </c>
+      <c r="G305" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H305" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2026</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="306">
+      <c r="A306" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L04AC18</t>
+          </r>
+        </is>
+      </c>
+      <c r="B306" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L04AC18</t>
+          </r>
+        </is>
+      </c>
+      <c r="C306" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Risankizumab</t>
+          </r>
+        </is>
+      </c>
+      <c r="D306" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>PPA, MCU</t>
+          </r>
+        </is>
+      </c>
+      <c r="E306" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F306" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV, SC</t>
+          </r>
+        </is>
+      </c>
+      <c r="G306" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H306" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2025</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="307">
+      <c r="A307" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L04AC19</t>
+          </r>
+        </is>
+      </c>
+      <c r="B307" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L04AC19</t>
+          </r>
+        </is>
+      </c>
+      <c r="C307" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Satralizumab</t>
+          </r>
+        </is>
+      </c>
+      <c r="D307" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E307" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F307" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>SC</t>
+          </r>
+        </is>
+      </c>
+      <c r="G307" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H307" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2025</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="308">
+      <c r="A308" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L04AC21</t>
+          </r>
+        </is>
+      </c>
+      <c r="B308" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L04AC21</t>
+          </r>
+        </is>
+      </c>
+      <c r="C308" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Bimekizumab</t>
+          </r>
+        </is>
+      </c>
+      <c r="D308" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E308" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F308" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>SC</t>
+          </r>
+        </is>
+      </c>
+      <c r="G308" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H308" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2026</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="309">
+      <c r="A309" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L04AC22</t>
+          </r>
+        </is>
+      </c>
+      <c r="B309" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L04AC22</t>
+          </r>
+        </is>
+      </c>
+      <c r="C309" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Spesolimab</t>
+          </r>
+        </is>
+      </c>
+      <c r="D309" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E309" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F309" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G309" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H309" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2025</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="310">
+      <c r="A310" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L04AC24</t>
+          </r>
+        </is>
+      </c>
+      <c r="B310" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L04AC24</t>
+          </r>
+        </is>
+      </c>
+      <c r="C310" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Mirikizumab</t>
+          </r>
+        </is>
+      </c>
+      <c r="D310" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E310" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F310" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV, SC</t>
+          </r>
+        </is>
+      </c>
+      <c r="G310" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H310" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2025</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="311">
+      <c r="A311" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L04AE03</t>
+          </r>
+        </is>
+      </c>
+      <c r="B311" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L04AE03</t>
+          </r>
+        </is>
+      </c>
+      <c r="C311" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Siponimod</t>
+          </r>
+          <r>
+            <rPr>
+              <sz val="8"/>
+              <vertAlign val="superscript"/>
+            </rPr>
+            <t> 10)</t>
+          </r>
+        </is>
+      </c>
+      <c r="D311" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E311" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F311" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>O</t>
+          </r>
+        </is>
+      </c>
+      <c r="G311" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H311" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2023</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="312">
+      <c r="A312" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L04AF01</t>
+          </r>
+        </is>
+      </c>
+      <c r="B312" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L04AF01</t>
+          </r>
+        </is>
+      </c>
+      <c r="C312" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Tofacitinib</t>
+          </r>
+          <r>
+            <rPr>
+              <sz val="8"/>
+              <vertAlign val="superscript"/>
+            </rPr>
+            <t> 10)</t>
+          </r>
+        </is>
+      </c>
+      <c r="D312" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E312" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F312" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>O</t>
+          </r>
+        </is>
+      </c>
+      <c r="G312" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H312" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2020</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="313">
+      <c r="A313" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L04AG03</t>
+          </r>
+        </is>
+      </c>
+      <c r="B313" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L04AG03</t>
+          </r>
+        </is>
+      </c>
+      <c r="C313" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Natalizumab</t>
+          </r>
+        </is>
+      </c>
+      <c r="D313" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E313" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F313" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G313" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H313" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2010</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="314">
+      <c r="A314" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L04AG04</t>
+          </r>
+        </is>
+      </c>
+      <c r="B314" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L04AG04</t>
+          </r>
+        </is>
+      </c>
+      <c r="C314" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Belimumab</t>
+          </r>
+          <r>
+            <rPr>
+              <sz val="8"/>
+              <vertAlign val="superscript"/>
+            </rPr>
+            <t> 10)</t>
+          </r>
+        </is>
+      </c>
+      <c r="D314" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E314" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F314" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV, SC</t>
+          </r>
+        </is>
+      </c>
+      <c r="G314" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H314" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2026</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="315">
+      <c r="A315" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L04AG05</t>
+          </r>
+        </is>
+      </c>
+      <c r="B315" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L04AG05</t>
+          </r>
+        </is>
+      </c>
+      <c r="C315" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Vedolizumab</t>
+          </r>
+        </is>
+      </c>
+      <c r="D315" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E315" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F315" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV, SC</t>
+          </r>
+        </is>
+      </c>
+      <c r="G315" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H315" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2016</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="316">
+      <c r="A316" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L04AG06</t>
+          </r>
+        </is>
+      </c>
+      <c r="B316" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L04AG06</t>
+          </r>
+        </is>
+      </c>
+      <c r="C316" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Alemtuzumab</t>
+          </r>
+        </is>
+      </c>
+      <c r="D316" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E316" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F316" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G316" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H316" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2021</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="317">
+      <c r="A317" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L04AG08</t>
+          </r>
+        </is>
+      </c>
+      <c r="B317" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L04AG08</t>
+          </r>
+        </is>
+      </c>
+      <c r="C317" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Ocrelizumab</t>
+          </r>
+        </is>
+      </c>
+      <c r="D317" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E317" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F317" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV, SC</t>
+          </r>
+        </is>
+      </c>
+      <c r="G317" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H317" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2019</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="318">
+      <c r="A318" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L04AG12</t>
+          </r>
+        </is>
+      </c>
+      <c r="B318" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L04AG12</t>
+          </r>
+        </is>
+      </c>
+      <c r="C318" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Ofatumumab</t>
+          </r>
+        </is>
+      </c>
+      <c r="D318" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E318" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F318" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>SC</t>
+          </r>
+        </is>
+      </c>
+      <c r="G318" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H318" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2022</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="319">
+      <c r="A319" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L04AG14</t>
+          </r>
+        </is>
+      </c>
+      <c r="B319" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L04AG14</t>
+          </r>
+        </is>
+      </c>
+      <c r="C319" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Ublituximab</t>
+          </r>
+        </is>
+      </c>
+      <c r="D319" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E319" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F319" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G319" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H319" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2026</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="320">
+      <c r="A320" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L04AJ01</t>
+          </r>
+        </is>
+      </c>
+      <c r="B320" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L04AJ01</t>
+          </r>
+        </is>
+      </c>
+      <c r="C320" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Eculizumab</t>
+          </r>
+        </is>
+      </c>
+      <c r="D320" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E320" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F320" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G320" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H320" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2010</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="321">
+      <c r="A321" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L04AJ02</t>
+          </r>
+        </is>
+      </c>
+      <c r="B321" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L04AJ02</t>
+          </r>
+        </is>
+      </c>
+      <c r="C321" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Ravulizumab</t>
+          </r>
+        </is>
+      </c>
+      <c r="D321" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E321" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F321" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G321" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H321" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2021</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="322">
+      <c r="A322" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L04AJ03</t>
+          </r>
+        </is>
+      </c>
+      <c r="B322" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L04AJ03</t>
+          </r>
+        </is>
+      </c>
+      <c r="C322" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Pegcetacoplan</t>
+          </r>
+        </is>
+      </c>
+      <c r="D322" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E322" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F322" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>SC</t>
+          </r>
+        </is>
+      </c>
+      <c r="G322" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H322" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2024</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="323">
+      <c r="A323" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L04AJ04</t>
+          </r>
+        </is>
+      </c>
+      <c r="B323" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L04AJ04</t>
+          </r>
+        </is>
+      </c>
+      <c r="C323" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Sutimlimab</t>
+          </r>
+        </is>
+      </c>
+      <c r="D323" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E323" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F323" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G323" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H323" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2025</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="324">
+      <c r="A324" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L04AJ05</t>
+          </r>
+        </is>
+      </c>
+      <c r="B324" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L04AJ05</t>
+          </r>
+        </is>
+      </c>
+      <c r="C324" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Avacopan</t>
+          </r>
+        </is>
+      </c>
+      <c r="D324" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E324" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F324" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>O</t>
+          </r>
+        </is>
+      </c>
+      <c r="G324" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H324" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2026</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="325">
+      <c r="A325" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L04AJ06</t>
+          </r>
+        </is>
+      </c>
+      <c r="B325" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L04AJ06</t>
+          </r>
+        </is>
+      </c>
+      <c r="C325" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Zilucoplan</t>
+          </r>
+        </is>
+      </c>
+      <c r="D325" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E325" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F325" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G325" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H325" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2024</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="326">
+      <c r="A326" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L04AJ07</t>
+          </r>
+        </is>
+      </c>
+      <c r="B326" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L04AJ07</t>
+          </r>
+        </is>
+      </c>
+      <c r="C326" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Crovalimab</t>
+          </r>
+        </is>
+      </c>
+      <c r="D326" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E326" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F326" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV, SC</t>
+          </r>
+        </is>
+      </c>
+      <c r="G326" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H326" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2026</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="327">
+      <c r="A327" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L04AJ08</t>
+          </r>
+        </is>
+      </c>
+      <c r="B327" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L04AJ08</t>
+          </r>
+        </is>
+      </c>
+      <c r="C327" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Iptacopan</t>
+          </r>
+        </is>
+      </c>
+      <c r="D327" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E327" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F327" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>O</t>
+          </r>
+        </is>
+      </c>
+      <c r="G327" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H327" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2024</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="328">
+      <c r="A328" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L04AJ09</t>
+          </r>
+        </is>
+      </c>
+      <c r="B328" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L04AJ09</t>
+          </r>
+        </is>
+      </c>
+      <c r="C328" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Danicopan</t>
+          </r>
+        </is>
+      </c>
+      <c r="D328" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E328" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F328" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>O</t>
+          </r>
+        </is>
+      </c>
+      <c r="G328" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H328" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2025</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="329">
+      <c r="A329" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L04AL01</t>
+          </r>
+        </is>
+      </c>
+      <c r="B329" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L04AA58</t>
+          </r>
+        </is>
+      </c>
+      <c r="C329" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Efgartigimod alfa</t>
+          </r>
+        </is>
+      </c>
+      <c r="D329" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E329" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F329" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G329" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H329" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2026</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="330">
+      <c r="A330" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L04AL02</t>
+          </r>
+        </is>
+      </c>
+      <c r="B330" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L04AG16</t>
+          </r>
+        </is>
+      </c>
+      <c r="C330" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Rozanolixizumab</t>
+          </r>
+        </is>
+      </c>
+      <c r="D330" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E330" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F330" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>SC</t>
+          </r>
+        </is>
+      </c>
+      <c r="G330" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H330" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2026</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="331">
+      <c r="A331" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L04AX04</t>
+          </r>
+        </is>
+      </c>
+      <c r="B331" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L04AX04</t>
+          </r>
+        </is>
+      </c>
+      <c r="C331" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Lenalidomid</t>
+          </r>
+        </is>
+      </c>
+      <c r="D331" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E331" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F331" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>O</t>
+          </r>
+        </is>
+      </c>
+      <c r="G331" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H331" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2010</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="332">
+      <c r="A332" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L04AX05</t>
+          </r>
+        </is>
+      </c>
+      <c r="B332" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L04AX05</t>
+          </r>
+        </is>
+      </c>
+      <c r="C332" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Pirfenidon</t>
+          </r>
+        </is>
+      </c>
+      <c r="D332" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E332" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F332" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>O</t>
+          </r>
+        </is>
+      </c>
+      <c r="G332" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H332" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2017</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="333">
+      <c r="A333" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L04AX06</t>
+          </r>
+        </is>
+      </c>
+      <c r="B333" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L04AX06</t>
+          </r>
+        </is>
+      </c>
+      <c r="C333" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Pomalidomid</t>
+          </r>
+        </is>
+      </c>
+      <c r="D333" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E333" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F333" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>O</t>
+          </r>
+        </is>
+      </c>
+      <c r="G333" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H333" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2016</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="334">
+      <c r="A334" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>L04AX18</t>
+          </r>
+        </is>
+      </c>
+      <c r="B334" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>CH00204</t>
+          </r>
+        </is>
+      </c>
+      <c r="C334" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Humane allogene mesenchymale Stromazellen</t>
+          </r>
+          <r>
+            <rPr>
+              <sz val="8"/>
+              <vertAlign val="superscript"/>
+            </rPr>
+            <t> 27)</t>
+          </r>
+        </is>
+      </c>
+      <c r="D334" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E334" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F334" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G334" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>U</t>
+          </r>
+        </is>
+      </c>
+      <c r="H334" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>05.05.2021</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="335">
+      <c r="A335" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>M03AX01</t>
+          </r>
+        </is>
+      </c>
+      <c r="B335" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>M03AX01</t>
+          </r>
+        </is>
+      </c>
+      <c r="C335" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Botulinus Toxin</t>
+          </r>
+        </is>
+      </c>
+      <c r="D335" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E335" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F335" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IM, IGLAN</t>
+          </r>
+        </is>
+      </c>
+      <c r="G335" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>U</t>
+          </r>
+        </is>
+      </c>
+      <c r="H335" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2022</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="336">
+      <c r="A336" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>M05BC01</t>
+          </r>
+        </is>
+      </c>
+      <c r="B336" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>M05BC01</t>
+          </r>
+        </is>
+      </c>
+      <c r="C336" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Dibotermin alfa</t>
+          </r>
+        </is>
+      </c>
+      <c r="D336" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E336" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F336" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IMPL</t>
+          </r>
+        </is>
+      </c>
+      <c r="G336" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H336" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2023</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="337">
+      <c r="A337" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>M05BX05</t>
+          </r>
+        </is>
+      </c>
+      <c r="B337" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>M05BX05</t>
+          </r>
+        </is>
+      </c>
+      <c r="C337" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Burosumab</t>
+          </r>
+        </is>
+      </c>
+      <c r="D337" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E337" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F337" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>SC</t>
+          </r>
+        </is>
+      </c>
+      <c r="G337" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H337" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2021</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="338">
+      <c r="A338" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>M05BX07</t>
+          </r>
+        </is>
+      </c>
+      <c r="B338" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>M05BX07</t>
+          </r>
+        </is>
+      </c>
+      <c r="C338" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Vosoritid</t>
+          </r>
+        </is>
+      </c>
+      <c r="D338" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E338" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F338" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>SC</t>
+          </r>
+        </is>
+      </c>
+      <c r="G338" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H338" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2026</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="339">
+      <c r="A339" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>M09AX07</t>
+          </r>
+        </is>
+      </c>
+      <c r="B339" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>M09AX07</t>
+          </r>
+        </is>
+      </c>
+      <c r="C339" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Nusinersen</t>
+          </r>
+        </is>
+      </c>
+      <c r="D339" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E339" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F339" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IT</t>
+          </r>
+        </is>
+      </c>
+      <c r="G339" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H339" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2018</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="340">
+      <c r="A340" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>M09AX09</t>
+          </r>
+        </is>
+      </c>
+      <c r="B340" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>M09AX09</t>
+          </r>
+        </is>
+      </c>
+      <c r="C340" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Onasemnogen abeparvovec</t>
+          </r>
+        </is>
+      </c>
+      <c r="D340" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E340" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F340" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IT, IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G340" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>AN</t>
+          </r>
+        </is>
+      </c>
+      <c r="H340" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2020</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="341">
+      <c r="A341" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>M09AX10</t>
+          </r>
+        </is>
+      </c>
+      <c r="B341" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>M09AX10</t>
+          </r>
+        </is>
+      </c>
+      <c r="C341" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Risdiplam</t>
+          </r>
+        </is>
+      </c>
+      <c r="D341" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E341" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F341" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>O</t>
+          </r>
+        </is>
+      </c>
+      <c r="G341" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H341" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2021</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="342">
+      <c r="A342" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>M09AX14</t>
+          </r>
+        </is>
+      </c>
+      <c r="B342" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>M09AX14</t>
+          </r>
+        </is>
+      </c>
+      <c r="C342" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Givinostat</t>
+          </r>
+        </is>
+      </c>
+      <c r="D342" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E342" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F342" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>O</t>
+          </r>
+        </is>
+      </c>
+      <c r="G342" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H342" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2025</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="343">
+      <c r="A343" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>M09AX15</t>
+          </r>
+        </is>
+      </c>
+      <c r="B343" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>M09AX15</t>
+          </r>
+        </is>
+      </c>
+      <c r="C343" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Delandistrogene Moxeparvovec</t>
+          </r>
+        </is>
+      </c>
+      <c r="D343" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E343" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F343" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G343" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>AN</t>
+          </r>
+        </is>
+      </c>
+      <c r="H343" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2024</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="344">
+      <c r="A344" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>N02CD01</t>
+          </r>
+        </is>
+      </c>
+      <c r="B344" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>N02CD01</t>
+          </r>
+        </is>
+      </c>
+      <c r="C344" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Erenumab</t>
+          </r>
+        </is>
+      </c>
+      <c r="D344" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E344" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F344" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>SC</t>
+          </r>
+        </is>
+      </c>
+      <c r="G344" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H344" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2024</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="345">
+      <c r="A345" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>N03AX24</t>
+          </r>
+        </is>
+      </c>
+      <c r="B345" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>N03AX24</t>
+          </r>
+        </is>
+      </c>
+      <c r="C345" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Cannabidiol</t>
+          </r>
+        </is>
+      </c>
+      <c r="D345" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E345" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F345" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>O</t>
+          </r>
+        </is>
+      </c>
+      <c r="G345" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H345" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2026</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="346">
+      <c r="A346" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>N03AX26</t>
+          </r>
+        </is>
+      </c>
+      <c r="B346" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>N03AX26</t>
+          </r>
+        </is>
+      </c>
+      <c r="C346" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Fenfluramin</t>
+          </r>
+        </is>
+      </c>
+      <c r="D346" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E346" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F346" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>O</t>
+          </r>
+        </is>
+      </c>
+      <c r="G346" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H346" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2026</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="347">
+      <c r="A347" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>N03AX27</t>
+          </r>
+        </is>
+      </c>
+      <c r="B347" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>N03AX27</t>
+          </r>
+        </is>
+      </c>
+      <c r="C347" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Ganaxolon</t>
+          </r>
+        </is>
+      </c>
+      <c r="D347" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E347" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F347" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>O</t>
+          </r>
+        </is>
+      </c>
+      <c r="G347" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H347" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2024</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="348">
+      <c r="A348" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>N04BA02</t>
+          </r>
+        </is>
+      </c>
+      <c r="B348" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>N04BA02</t>
+          </r>
+        </is>
+      </c>
+      <c r="C348" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Levodopa und Decarboxylasehemmer</t>
+          </r>
+          <r>
+            <rPr>
+              <sz val="8"/>
+              <vertAlign val="superscript"/>
+            </rPr>
+            <t> 28)</t>
+          </r>
+        </is>
+      </c>
+      <c r="D348" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E348" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F348" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>ITST</t>
+          </r>
+        </is>
+      </c>
+      <c r="G348" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H348" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2022</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="349">
+      <c r="A349" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>N05AH03</t>
+          </r>
+        </is>
+      </c>
+      <c r="B349" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>N05AH03</t>
+          </r>
+        </is>
+      </c>
+      <c r="C349" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Olanzapin</t>
+          </r>
+          <r>
+            <rPr>
+              <sz val="8"/>
+              <vertAlign val="superscript"/>
+            </rPr>
+            <t> 10)</t>
+          </r>
+        </is>
+      </c>
+      <c r="D349" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>CZY</t>
+          </r>
+          <r>
+            <rPr>
+              <sz val="8"/>
+              <vertAlign val="superscript"/>
+            </rPr>
+            <t> 7)</t>
+          </r>
+        </is>
+      </c>
+      <c r="E349" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Depotinjektion</t>
+          </r>
+        </is>
+      </c>
+      <c r="F349" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IM</t>
+          </r>
+        </is>
+      </c>
+      <c r="G349" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H349" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2017</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="350">
+      <c r="A350" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>N05AX08</t>
+          </r>
+        </is>
+      </c>
+      <c r="B350" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>N05AX08</t>
+          </r>
+        </is>
+      </c>
+      <c r="C350" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Risperidon</t>
+          </r>
+          <r>
+            <rPr>
+              <sz val="8"/>
+              <vertAlign val="superscript"/>
+            </rPr>
+            <t> 10)</t>
+          </r>
+        </is>
+      </c>
+      <c r="D350" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E350" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Depotinjektion</t>
+          </r>
+        </is>
+      </c>
+      <c r="F350" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IM</t>
+          </r>
+        </is>
+      </c>
+      <c r="G350" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H350" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2017</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="351">
+      <c r="A351" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>N05AX12</t>
+          </r>
+        </is>
+      </c>
+      <c r="B351" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>N05AX12</t>
+          </r>
+        </is>
+      </c>
+      <c r="C351" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Aripiprazol</t>
+          </r>
+          <r>
+            <rPr>
+              <sz val="8"/>
+              <vertAlign val="superscript"/>
+            </rPr>
+            <t> 10)</t>
+          </r>
+        </is>
+      </c>
+      <c r="D351" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>CAM</t>
+          </r>
+          <r>
+            <rPr>
+              <sz val="8"/>
+              <vertAlign val="superscript"/>
+            </rPr>
+            <t> 7)</t>
+          </r>
+        </is>
+      </c>
+      <c r="E351" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Depotinjektion</t>
+          </r>
+        </is>
+      </c>
+      <c r="F351" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IM</t>
+          </r>
+        </is>
+      </c>
+      <c r="G351" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H351" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2017</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="352">
+      <c r="A352" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>N05AX13</t>
+          </r>
+        </is>
+      </c>
+      <c r="B352" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>N05AX13</t>
+          </r>
+        </is>
+      </c>
+      <c r="C352" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Paliperidon</t>
+          </r>
+          <r>
+            <rPr>
+              <sz val="8"/>
+              <vertAlign val="superscript"/>
+            </rPr>
+            <t> 10)</t>
+          </r>
+        </is>
+      </c>
+      <c r="D352" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>CXE</t>
+          </r>
+          <r>
+            <rPr>
+              <sz val="8"/>
+              <vertAlign val="superscript"/>
+            </rPr>
+            <t> 7)</t>
+          </r>
+        </is>
+      </c>
+      <c r="E352" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Depotinjektion</t>
+          </r>
+        </is>
+      </c>
+      <c r="F352" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IM</t>
+          </r>
+        </is>
+      </c>
+      <c r="G352" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H352" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2017</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="353">
+      <c r="A353" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>N06AX27</t>
+          </r>
+        </is>
+      </c>
+      <c r="B353" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>N06AX27</t>
+          </r>
+        </is>
+      </c>
+      <c r="C353" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Esketamine</t>
+          </r>
+          <r>
+            <rPr>
+              <sz val="8"/>
+              <vertAlign val="superscript"/>
+            </rPr>
+            <t> 29)</t>
+          </r>
+        </is>
+      </c>
+      <c r="D353" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E353" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F353" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>N</t>
+          </r>
+        </is>
+      </c>
+      <c r="G353" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H353" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2020</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="354">
+      <c r="A354" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>N07XX08</t>
+          </r>
+        </is>
+      </c>
+      <c r="B354" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>N07XX08</t>
+          </r>
+        </is>
+      </c>
+      <c r="C354" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Tafamidis</t>
+          </r>
+        </is>
+      </c>
+      <c r="D354" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E354" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F354" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>O</t>
+          </r>
+        </is>
+      </c>
+      <c r="G354" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H354" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2021</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="355">
+      <c r="A355" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>N07XX12</t>
+          </r>
+        </is>
+      </c>
+      <c r="B355" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>N07XX12</t>
+          </r>
+        </is>
+      </c>
+      <c r="C355" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Patisiran</t>
+          </r>
+        </is>
+      </c>
+      <c r="D355" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E355" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F355" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G355" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H355" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2021</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="356">
+      <c r="A356" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>N07XX14</t>
+          </r>
+        </is>
+      </c>
+      <c r="B356" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>N07XX14</t>
+          </r>
+        </is>
+      </c>
+      <c r="C356" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Edaravon</t>
+          </r>
+        </is>
+      </c>
+      <c r="D356" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E356" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F356" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV, O</t>
+          </r>
+        </is>
+      </c>
+      <c r="G356" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H356" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2021</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="357">
+      <c r="A357" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>N07XX15</t>
+          </r>
+        </is>
+      </c>
+      <c r="B357" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>N07XX15</t>
+          </r>
+        </is>
+      </c>
+      <c r="C357" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Inotersen</t>
+          </r>
+        </is>
+      </c>
+      <c r="D357" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E357" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F357" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>SC</t>
+          </r>
+        </is>
+      </c>
+      <c r="G357" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H357" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2023</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="358">
+      <c r="A358" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>N07XX17</t>
+          </r>
+        </is>
+      </c>
+      <c r="B358" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>N07XX17</t>
+          </r>
+        </is>
+      </c>
+      <c r="C358" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Arimoclomol</t>
+          </r>
+        </is>
+      </c>
+      <c r="D358" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E358" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F358" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>O</t>
+          </r>
+        </is>
+      </c>
+      <c r="G358" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H358" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2025</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="359">
+      <c r="A359" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>N07XX18</t>
+          </r>
+        </is>
+      </c>
+      <c r="B359" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>N07XX18</t>
+          </r>
+        </is>
+      </c>
+      <c r="C359" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Vutrisiran</t>
+          </r>
+        </is>
+      </c>
+      <c r="D359" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E359" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F359" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>SC</t>
+          </r>
+        </is>
+      </c>
+      <c r="G359" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H359" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2025</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="360">
+      <c r="A360" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>N07XX21</t>
+          </r>
+        </is>
+      </c>
+      <c r="B360" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>N07XX21</t>
+          </r>
+        </is>
+      </c>
+      <c r="C360" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Eplontersen</t>
+          </r>
+          <r>
+            <rPr>
+              <sz val="8"/>
+              <vertAlign val="superscript"/>
+            </rPr>
+            <t> 10)</t>
+          </r>
+        </is>
+      </c>
+      <c r="D360" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E360" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F360" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>SC</t>
+          </r>
+        </is>
+      </c>
+      <c r="G360" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H360" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2026</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="361">
+      <c r="A361" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>N07XX22</t>
+          </r>
+        </is>
+      </c>
+      <c r="B361" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>N07XX22</t>
+          </r>
+        </is>
+      </c>
+      <c r="C361" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Tofersen</t>
+          </r>
+        </is>
+      </c>
+      <c r="D361" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E361" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F361" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IT</t>
+          </r>
+        </is>
+      </c>
+      <c r="G361" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H361" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2024</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="362">
+      <c r="A362" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>N07XX25</t>
+          </r>
+        </is>
+      </c>
+      <c r="B362" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>N07XX25</t>
+          </r>
+        </is>
+      </c>
+      <c r="C362" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Omaveloxolon</t>
+          </r>
+        </is>
+      </c>
+      <c r="D362" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E362" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F362" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>O</t>
+          </r>
+        </is>
+      </c>
+      <c r="G362" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H362" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2024</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="363">
+      <c r="A363" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>N07XX26</t>
+          </r>
+        </is>
+      </c>
+      <c r="B363" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>N07XX26</t>
+          </r>
+        </is>
+      </c>
+      <c r="C363" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Pridopidine</t>
+          </r>
+        </is>
+      </c>
+      <c r="D363" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E363" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F363" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>O</t>
+          </r>
+        </is>
+      </c>
+      <c r="G363" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H363" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2026</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="364">
+      <c r="A364" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>P01BE03</t>
+          </r>
+        </is>
+      </c>
+      <c r="B364" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>P01BE03</t>
+          </r>
+        </is>
+      </c>
+      <c r="C364" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Artesunat</t>
+          </r>
+        </is>
+      </c>
+      <c r="D364" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E364" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F364" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G364" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H364" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2025</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="365">
+      <c r="A365" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>R03DX05</t>
+          </r>
+        </is>
+      </c>
+      <c r="B365" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>R03DX05</t>
+          </r>
+        </is>
+      </c>
+      <c r="C365" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Omalizumab</t>
+          </r>
+        </is>
+      </c>
+      <c r="D365" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E365" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F365" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>SC</t>
+          </r>
+        </is>
+      </c>
+      <c r="G365" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H365" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2022</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="366">
+      <c r="A366" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>R03DX09</t>
+          </r>
+        </is>
+      </c>
+      <c r="B366" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>R03DX09</t>
+          </r>
+        </is>
+      </c>
+      <c r="C366" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Mepolizumab</t>
+          </r>
+        </is>
+      </c>
+      <c r="D366" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E366" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F366" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>SC</t>
+          </r>
+        </is>
+      </c>
+      <c r="G366" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H366" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2023</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="367">
+      <c r="A367" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>R03DX10</t>
+          </r>
+        </is>
+      </c>
+      <c r="B367" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>R03DX10</t>
+          </r>
+        </is>
+      </c>
+      <c r="C367" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Benralizumab</t>
+          </r>
+        </is>
+      </c>
+      <c r="D367" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E367" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F367" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>SC</t>
+          </r>
+        </is>
+      </c>
+      <c r="G367" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H367" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2020</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="368">
+      <c r="A368" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>R07AA02</t>
+          </r>
+        </is>
+      </c>
+      <c r="B368" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>R07AA02</t>
+          </r>
+        </is>
+      </c>
+      <c r="C368" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Surfactant</t>
+          </r>
+        </is>
+      </c>
+      <c r="D368" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E368" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F368" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>ET</t>
+          </r>
+        </is>
+      </c>
+      <c r="G368" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H368" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2010</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="369">
+      <c r="A369" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>R07AX32</t>
+          </r>
+        </is>
+      </c>
+      <c r="B369" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>R07AX32</t>
+          </r>
+        </is>
+      </c>
+      <c r="C369" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Ivacaftor, Tezacaftor und Elexacaftor</t>
+          </r>
+        </is>
+      </c>
+      <c r="D369" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>CTK</t>
+          </r>
+          <r>
+            <rPr>
+              <sz val="8"/>
+              <vertAlign val="superscript"/>
+            </rPr>
+            <t> 7)</t>
+          </r>
+        </is>
+      </c>
+      <c r="E369" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F369" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>O</t>
+          </r>
+        </is>
+      </c>
+      <c r="G369" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>UD</t>
+          </r>
+        </is>
+      </c>
+      <c r="H369" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2021</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="370">
+      <c r="A370" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>S01XA27</t>
+          </r>
+        </is>
+      </c>
+      <c r="B370" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>S01XA27</t>
+          </r>
+        </is>
+      </c>
+      <c r="C370" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Voretigen Neparvovec</t>
+          </r>
+        </is>
+      </c>
+      <c r="D370" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E370" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F370" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>SR</t>
+          </r>
+        </is>
+      </c>
+      <c r="G370" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>AN</t>
+          </r>
+        </is>
+      </c>
+      <c r="H370" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2020</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="371">
+      <c r="A371" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>V03AB06</t>
+          </r>
+        </is>
+      </c>
+      <c r="B371" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>V03AB06</t>
+          </r>
+        </is>
+      </c>
+      <c r="C371" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Natriumthiosulfat</t>
+          </r>
+        </is>
+      </c>
+      <c r="D371" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>CPM</t>
+          </r>
+          <r>
+            <rPr>
+              <sz val="8"/>
+              <vertAlign val="superscript"/>
+            </rPr>
+            <t> 7)</t>
+          </r>
+        </is>
+      </c>
+      <c r="E371" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F371" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G371" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H371" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2026</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="372">
+      <c r="A372" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>V03AB24</t>
+          </r>
+        </is>
+      </c>
+      <c r="B372" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>V03AB24</t>
+          </r>
+        </is>
+      </c>
+      <c r="C372" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Digitalis-Antitoxin</t>
+          </r>
+        </is>
+      </c>
+      <c r="D372" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E372" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F372" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G372" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H372" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2025</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="373">
+      <c r="A373" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>V03AB33</t>
+          </r>
+        </is>
+      </c>
+      <c r="B373" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>V03AB33</t>
+          </r>
+        </is>
+      </c>
+      <c r="C373" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Hydroxocobalamin</t>
+          </r>
+        </is>
+      </c>
+      <c r="D373" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E373" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F373" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G373" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>g</t>
+          </r>
+        </is>
+      </c>
+      <c r="H373" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2023</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="374">
+      <c r="A374" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>V03AB37</t>
+          </r>
+        </is>
+      </c>
+      <c r="B374" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>V03AB37</t>
+          </r>
+        </is>
+      </c>
+      <c r="C374" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Idarucizumab</t>
+          </r>
+        </is>
+      </c>
+      <c r="D374" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E374" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F374" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G374" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>g</t>
+          </r>
+        </is>
+      </c>
+      <c r="H374" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2022</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="375">
+      <c r="A375" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>V03AB38</t>
+          </r>
+        </is>
+      </c>
+      <c r="B375" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>V03AB38</t>
+          </r>
+        </is>
+      </c>
+      <c r="C375" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Andexanet alfa</t>
+          </r>
+        </is>
+      </c>
+      <c r="D375" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E375" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F375" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G375" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H375" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2022</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="376">
+      <c r="A376" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>V03AF07</t>
+          </r>
+        </is>
+      </c>
+      <c r="B376" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>V03AF07</t>
+          </r>
+        </is>
+      </c>
+      <c r="C376" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Rasburicase</t>
+          </r>
+        </is>
+      </c>
+      <c r="D376" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E376" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F376" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G376" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H376" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2010</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="377">
+      <c r="A377" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>V03AF09</t>
+          </r>
+        </is>
+      </c>
+      <c r="B377" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>V03AF09</t>
+          </r>
+        </is>
+      </c>
+      <c r="C377" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Glucarpidase</t>
+          </r>
+        </is>
+      </c>
+      <c r="D377" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E377" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F377" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IV</t>
+          </r>
+        </is>
+      </c>
+      <c r="G377" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>U</t>
+          </r>
+        </is>
+      </c>
+      <c r="H377" s="9" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2017</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="14" r="378">
+      <c r="A378" s="10" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>V04CX06</t>
+          </r>
+        </is>
+      </c>
+      <c r="B378" s="10" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>V04CX06</t>
+          </r>
+        </is>
+      </c>
+      <c r="C378" s="10" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>Hexaminolevulinat</t>
+          </r>
+        </is>
+      </c>
+      <c r="D378" s="10" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="E378" s="10" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t/>
+          </r>
+        </is>
+      </c>
+      <c r="F378" s="10" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>IVSK</t>
+          </r>
+        </is>
+      </c>
+      <c r="G378" s="10" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>mg</t>
+          </r>
+        </is>
+      </c>
+      <c r="H378" s="10" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <sz val="8"/>
+            </rPr>
+            <t>01.01.2026</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="15" r="379"/>
+    <row customHeight="1" ht="15" r="380"/>
+    <row customHeight="1" ht="15" r="381">
+      <c r="A381" s="7" t="inlineStr">
+        <is>
+          <t>Fussnoten:</t>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="15" r="382">
+      <c r="A382" s="8" t="inlineStr">
+        <is>
+          <t>1) Nur die Medikamente/Substanzen auf dieser Liste sind zu erfassen. Es ist grundsätzlich nur die verabreichte Dosis zu erfassen.</t>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="15" r="383">
+      <c r="A383" s="8" t="inlineStr">
+        <is>
+          <t>2) Zusatzangaben, die codiert werden müssen, sofern gefordert und zutreffend. Ansonsten bleibt das Feld leer. Es dürfen ausschliesslich die im Technischen Begleitblatt genannten Kürzel verwendet werden.</t>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="15" r="384">
+      <c r="A384" s="8" t="inlineStr">
+        <is>
+          <t>3) Zusätzliche Einschränkung des zu erfassenden Medikamentes/Substanz gemäss erwähnter Form oder Indikation.</t>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="15" r="385">
+      <c r="A385" s="8" t="inlineStr">
+        <is>
+          <t>4) Verabreichungsarten, die codiert werden müssen gemäss Fachinformationen der Zulassungsbehörden. Weicht die tatsächliche Verabreichungsart davon ab, ist die tatsächliche Verabreichungsart zu kodieren. Es dürfen ausschliesslich die im Technischen Begleitblatt genannten Kürzel verwendet werden.</t>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="15" r="386">
+      <c r="A386" s="8" t="inlineStr">
+        <is>
+          <t>5) Die Vielfachen einer Einheit sind nicht mehr anwendbar. Es dürfen ausschliesslich die im Technischen Begleitblatt genannten Kürzel verwendet werden.</t>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="15" r="387">
+      <c r="A387" s="8" t="inlineStr">
+        <is>
+          <t>6) Die verabreichte Menge an Maralixibat im Präparat ist massgebend.</t>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="15" r="388">
+      <c r="A388" s="8" t="inlineStr">
+        <is>
+          <t>7) Zur eindeutigen Identifizierung müssen die verwendeten Präparate codiert werden. Für die korrekte Codierung siehe Fussnote 2).</t>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="15" r="389">
+      <c r="A389" s="8" t="inlineStr">
+        <is>
+          <t>8) Die verabreichte Menge an Faktor IX im Präparat ist massgebend.</t>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="15" r="390">
+      <c r="A390" s="8" t="inlineStr">
+        <is>
+          <t>9) Die verabreichte Menge an Faktor VIII im Präparat ist massgebend.</t>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="15" r="391">
+      <c r="A391" s="8" t="inlineStr">
+        <is>
+          <t>10) Diese Medikamente/Substanzen sind nur in den Anwendungsbereichen TARPSY und ST Reha zu erfassen.</t>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="15" r="392">
+      <c r="A392" s="8" t="inlineStr">
+        <is>
+          <t>11) Diese Analogie-Codes sind nur für ausgewählte Spitäler. AN steht hier für die Anzahl Anwendungen.</t>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="15" r="393">
+      <c r="A393" s="8" t="inlineStr">
+        <is>
+          <t>12) Die verabreichte Menge an Bamlanivimab im Präparat ist massgebend. </t>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="15" r="394">
+      <c r="A394" s="8" t="inlineStr">
+        <is>
+          <t>13) Die verabreichte Menge an Sulbactam im Präparat ist massgebend.</t>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="15" r="395">
+      <c r="A395" s="8" t="inlineStr">
+        <is>
+          <t>14) Die verabreichte Menge an Ceftazidim im Präparat ist massgebend. </t>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="15" r="396">
+      <c r="A396" s="8" t="inlineStr">
+        <is>
+          <t>15) Die verabreichte Menge an Aztreonam im Präparat ist massgebend.</t>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="15" r="397">
+      <c r="A397" s="8" t="inlineStr">
+        <is>
+          <t>16) Die verabreichte Menge an Imipenem  im Präparat ist massgebend.</t>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="15" r="398">
+      <c r="A398" s="8" t="inlineStr">
+        <is>
+          <t>17) Die verabreichte Menge an Meropenem im Präparat ist massgebend. </t>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="15" r="399">
+      <c r="A399" s="8" t="inlineStr">
+        <is>
+          <t>18) Die verabreichte Menge an Ceftolozan im Präparat ist massgebend. </t>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="15" r="400">
+      <c r="A400" s="8" t="inlineStr">
+        <is>
+          <t>19) Die verabreichte Menge an Nirmatrelvir im Präparat ist massgebend.</t>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="15" r="401">
+      <c r="A401" s="8" t="inlineStr">
+        <is>
+          <t>20) Die verabreichte Menge an Tixagevimab im Präparat ist massgebend. </t>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="15" r="402">
+      <c r="A402" s="8" t="inlineStr">
+        <is>
+          <t>21) Die verabreichte Menge an Casirivimab im Präparat ist massgebend. </t>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="15" r="403">
+      <c r="A403" s="8" t="inlineStr">
+        <is>
+          <t>22) Die verabreichte Menge an Trifluridin im Präparat ist massgebend. </t>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="15" r="404">
+      <c r="A404" s="8" t="inlineStr">
+        <is>
+          <t>23) Die verabreichte Menge an Pertuzumab im Präparat ist massgebend.</t>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="15" r="405">
+      <c r="A405" s="8" t="inlineStr">
+        <is>
+          <t>24) Die verabreichte Menge an Nivolumab im Präparat ist massgebend.</t>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="15" r="406">
+      <c r="A406" s="8" t="inlineStr">
+        <is>
+          <t>25) Bei Verabreichung von Enrylaze® gilt die Umrechnung der Einheiten: 1 mg = 1'000 U</t>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="15" r="407">
+      <c r="A407" s="8" t="inlineStr">
+        <is>
+          <t>26) Die verabreichte Menge an Daunorubicin im Präparat ist massgebend. </t>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="15" r="408">
+      <c r="A408" s="8" t="inlineStr">
+        <is>
+          <t>27) Die zu erfassende Menge ist die Anzahl Stromazellen (bspw. 30 Millionen Stromazellen).</t>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="15" r="409">
+      <c r="A409" s="8" t="inlineStr">
+        <is>
+          <t>28) Nur das Medikament Duodopa® Gel ist zu erfassen. Die verabreichte Menge an Levodopa ist massgebend.</t>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="15" r="410">
+      <c r="A410" s="8" t="inlineStr">
+        <is>
+          <t>29) Diese Medikamente/Substanzen sind nur im Anwendungsbereich der Tarifstruktur TARPSY zu erfassen.</t>
+        </is>
+      </c>
+    </row>
+    <row r="411"/>
+    <row customHeight="1" ht="15" r="412">
+      <c r="A412" s="7" t="inlineStr">
+        <is>
+          <t>Kontakt:</t>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="15" r="413">
+      <c r="A413" s="8" t="inlineStr">
+        <is>
+          <t>Bei Fragen zum Inhalt dieses Dokuments wenden Sie sich bitte an:</t>
+        </is>
+      </c>
+    </row>
+    <row customHeight="1" ht="15" r="414">
+      <c r="A414" s="8" t="inlineStr">
+        <is>
+          <t>SwissDRG AG, Tel. 031 310 05 50, info@swissdrg.org</t>
+        </is>
       </c>
     </row>
   </sheetData>
+  <sheetCalcPr fullCalcOnLoad="1"/>
+  <printOptions gridLines="0" headings="0" horizontalCentered="0" verticalCentered="0"/>
   <pageMargins left="0.5" right="0.5" top="0.8" bottom="0.6" header="0.3" footer="0.2"/>
-  <pageSetup paperSize="9" fitToHeight="999" orientation="portrait"/>
-  <drawing r:id="rId1"/>
+  <pageSetup fitToHeight="999" fitToWidth="1" orientation="portrait" paperSize="9"/>
+  <headerFooter/>
+  <drawing r:id="rId4"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-[...23 lines deleted...]
-</Properties>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>Liste der hochteuren Medikamente / Substanzen 2026</dc:title>
+  <dc:title>Liste der hochteuren Medikamente / Substanzen</dc:title>
   <dc:creator>SwissDRG AG</dc:creator>
-  <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
-  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>